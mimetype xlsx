--- v0 (2025-12-07)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2896">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2882">
   <si>
     <t>Nazwa produktu</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ASIN</t>
   </si>
   <si>
     <t>LPN</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Cena rynkowa</t>
   </si>
   <si>
     <t>Paleta</t>
   </si>
   <si>
     <t>Dahle ShredMATIC 90 Aktenvernichter Autofeed (90 Blatt, P-4, Partikelschnitt, öl- und wartungsfrei, Automatischer Papiereinzug) lichtgrau/staubgrau</t>
   </si>
   <si>
@@ -1991,71 +1991,62 @@
   <si>
     <t>B08ZKGK5LZ</t>
   </si>
   <si>
     <t>LPNHK118311593</t>
   </si>
   <si>
     <t>KS Tools 800.0960 Aluminiowy podest bezpieczeństwa, 1270x446x495mm</t>
   </si>
   <si>
     <t>B001NYX7ZM</t>
   </si>
   <si>
     <t>LPNHK107602385</t>
   </si>
   <si>
     <t>SONGMICS Kosz na odpady kuchenne, 2 x 30 l, kosz na śmieci z 2 przegródkami, segregator odpadów, czarny, LTB60BK 74 x 64 x 42 cm</t>
   </si>
   <si>
     <t>B07KP77Y8M</t>
   </si>
   <si>
     <t>LPNHL937540679</t>
   </si>
   <si>
-    <t>GBC, Profesjonalny Laminator Biurowy GBC Pro 4600, A2, Czarny, 1704600</t>
-[...5 lines deleted...]
-    <t>LPNHL939099258</t>
+    <t>Snailax, nakładka masująca shiatsu do masażu pleców i barków, z funkcją ogrzewania, mata wibracyjna, prezent dla kobiet, mężczyzn, 3 strefy masażu, SL233DE czarny</t>
+  </si>
+  <si>
+    <t>B07HKVPLMR</t>
+  </si>
+  <si>
+    <t>LPNHK118013564</t>
   </si>
   <si>
     <t>spL19M5KIjm</t>
   </si>
   <si>
-    <t>Snailax, nakładka masująca shiatsu do masażu pleców i barków, z funkcją ogrzewania, mata wibracyjna, prezent dla kobiet, mężczyzn, 3 strefy masażu, SL233DE czarny</t>
-[...7 lines deleted...]
-  <si>
     <t>LPNHK118586943</t>
   </si>
   <si>
     <t>medisana MC 825 Shiatsu poduszka do masażu pleców i karku, akupresura, masaż karku, funkcja ciepła, 3 intensywności, funkcja czerwonego światła, pilot zdalnego sterowania, torba do przechowywania</t>
   </si>
   <si>
     <t>B00G8Z8HY2</t>
   </si>
   <si>
     <t>LPNHK118750607</t>
   </si>
   <si>
     <t>LPNHK120674444</t>
   </si>
   <si>
     <t>spL19M5KIji</t>
   </si>
   <si>
     <t>Mobiclinic, Barco, Krzesło do WC dla osób starszych, niepełnosprawnych, inwalidów, Podłokietniki, Ergonomiczne siedzisko, podnóżek antypoślizgowe, kolor czarny</t>
   </si>
   <si>
     <t>B071D6N8R5</t>
   </si>
   <si>
     <t>LPNHK118175287</t>
@@ -4178,59 +4169,50 @@
   <si>
     <t>LPNHK118283113</t>
   </si>
   <si>
     <t>Eurostil Umywalka do włosów, przenośna, regulowana, pochylana, czarna</t>
   </si>
   <si>
     <t>B00PNVRJ28</t>
   </si>
   <si>
     <t>LPNHK192046801</t>
   </si>
   <si>
     <t>LPNHK196286098</t>
   </si>
   <si>
     <t>spN00jlNP2O</t>
   </si>
   <si>
     <t>LPNHK169304346</t>
   </si>
   <si>
     <t>spL1I51m68J</t>
   </si>
   <si>
-    <t>Wygodne składane krzesło do toalety lub prysznica, regulowana wysokość 44-55 cm</t>
-[...7 lines deleted...]
-  <si>
     <t>0612677929548</t>
   </si>
   <si>
     <t>Flipchart tablica suchościeralna, 60 x 90 cm, z regulacją wysokości, z haczykiem typu flipchart, magnetyczna tablica suchościeralna, trójnóg</t>
   </si>
   <si>
     <t>B07D6K75RY</t>
   </si>
   <si>
     <t>LPNHK119077999</t>
   </si>
   <si>
     <t>LPNHK118135502</t>
   </si>
   <si>
     <t>LPNHK192301577</t>
   </si>
   <si>
     <t>LPNHK193123461</t>
   </si>
   <si>
     <t>LPNHL962680244</t>
   </si>
   <si>
     <t>LPNHK119206041</t>
@@ -7865,59 +7847,50 @@
   <si>
     <t>B0C68PCBSV</t>
   </si>
   <si>
     <t>LPNHE831119856</t>
   </si>
   <si>
     <t>Polar Night Kołdra obciążeniowa dla dorosłych - Ciężki koc ze szklanymi koralikami, mikrofibra, standard Oeko-TEX® 100 - Oddychający, hipoalergiczny, w tym. pętelki do przykrywania - 150 x 200 cm, 5-13 kg (11) 11.0 Kilogramy</t>
   </si>
   <si>
     <t>B08ZS6GXW8</t>
   </si>
   <si>
     <t>LPNHK226631833</t>
   </si>
   <si>
     <t>CURA Pearl Classic 135x200 7kg Premium Bawełniany koc obciążeniowy - kołdra obciążeniowa – łagodzi objawy bezsenności, stresu i niepokoju, biały/biała 135 x 200 cm - 7 kg</t>
   </si>
   <si>
     <t>B09HKF6XGM</t>
   </si>
   <si>
     <t>LPNHK212379723</t>
   </si>
   <si>
-    <t>CURA Pearl Classic 150x210 9kg Premium Bawełniany koc obciążeniowy - kołdra obciążeniowa – łagodzi objawy bezsenności, stresu i niepokoju, biały/biała</t>
-[...7 lines deleted...]
-  <si>
     <t>HAUSHOF Środek do czyszczenia dywanów 400 W do natryskiwania, szorowania i odkurzania, do czyszczenia dywanów i dywanów z podwójnymi zbiornikami do samochodów, zasłon i poduszek, zwierząt domowych</t>
   </si>
   <si>
     <t>B0B3J3Q9RD</t>
   </si>
   <si>
     <t>LPNHE834970124</t>
   </si>
   <si>
     <t>SMONTER 100% wodoodporna trwała torba na bagażnik dachowy, pasuje do wszystkich samochodów z szynami lub bez nich, 4 wytrzymałe szerokie paski i klamry, 0,5 m3, 520 l Czarny</t>
   </si>
   <si>
     <t>B07GFMFN9S</t>
   </si>
   <si>
     <t>LPNHE833542819</t>
   </si>
   <si>
     <t>ECO SOUL Pearl White Runde 15cm Bagasse Pappteller (200 Stück), Einweggeschirr und 100% Kompostierbares, Umweltfreundlich Partygeschirr, Robust Campinggeschirr, Mikrowellen- und Ofenfest 200 15cm Runde Teller</t>
   </si>
   <si>
     <t>B0C2JJCFJ6</t>
   </si>
   <si>
     <t>LPNHE836320760</t>
@@ -8633,108 +8606,93 @@
   <si>
     <t>B0CN13DSKV</t>
   </si>
   <si>
     <t>LPNHE832266071</t>
   </si>
   <si>
     <t>LPNHE876752485</t>
   </si>
   <si>
     <t>B08T5TCV2H</t>
   </si>
   <si>
     <t>LPNHE841303940</t>
   </si>
   <si>
     <t>Koc obciążeniowy Polar Night dla dorosłych 155 x 220 cm, 11 kg - Koc obciążeniowy do głębokiego snu, ciężki koc, koc terapeutyczny wykonany z mikrofibry 100, koc relaksacyjny Oeko-TEX 100 standard kołdra</t>
   </si>
   <si>
     <t>B0CXJ918LW</t>
   </si>
   <si>
     <t>LPNHK213308862</t>
   </si>
   <si>
-    <t>Weidebach® toaleta składana 1 sztuka</t>
-[...7 lines deleted...]
-  <si>
     <t>Wykrywacz metali dla dzieci, lekki i wysokiej precyzji, wodoodporny szpula 20 cm i regulowany trzpień, biżuteria, monety, wykrywacz metali dla dzieci w wieku od 4 do 13 lat Mały</t>
   </si>
   <si>
     <t>B09YLG2LNP</t>
   </si>
   <si>
     <t>LPNHK306016357</t>
   </si>
   <si>
     <t>Fizjologiczny sto?ek toaletowy WELL CARE - wyprodukowany we Francji z przetworzonego plastiku - stopie? toaletowy - umo?liwia przysadzist? pozycj? zapobiegaj?c? zaparciom Bia?y z Recyklingu</t>
   </si>
   <si>
     <t>B09HN86Y2G</t>
   </si>
   <si>
     <t>LPNHE844360050</t>
   </si>
   <si>
     <t>Polar Night Kołdra obciążeniowa dla dorosłych - Ciężki koc ze szklanymi koralikami, bawełna, standard Oeko-TEX® 100 - Oddychający, hipoalergiczny, w tym. pętelki do przykrywania - 150 x 200 cm, 5-13 kg (9) 9.0 Kilogramy</t>
   </si>
   <si>
     <t>B08JC82T57</t>
   </si>
   <si>
     <t>LPNHK111845917</t>
   </si>
   <si>
     <t>Emma Essentials Koc o wadze 7 kg 150x200 cm - 100% bawełna - Koc terapeutyczny - Koc antystresowy do głębokiego snu - Ciężkie pranie na lęk</t>
   </si>
   <si>
     <t>B0BRY4T1PX</t>
   </si>
   <si>
     <t xml:space="preserve">Koc 7 kg </t>
   </si>
   <si>
     <t>Rama bezpieczeństwa toalety Regulowana szyna sedesowa ze stopu aluminium, poręcz toalety łazienkowej dla niepełnosprawnych starszych kobiet w ciąży</t>
   </si>
   <si>
     <t>B08SW31D27</t>
   </si>
   <si>
     <t>LPNHE827155871</t>
-  </si>
-[...4 lines deleted...]
-    <t>LPNHE809162175</t>
   </si>
   <si>
     <t>KPCB Tech Maszyny do owerlokowania z gwintem 3/4 z zestawami akcesoriów</t>
   </si>
   <si>
     <t>B0C49JWL3V</t>
   </si>
   <si>
     <t>overllock</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -9050,54 +9008,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G1141"/>
+  <dimension ref="A1:G1136"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B1141" sqref="B1141"/>
+      <selection activeCell="B1136" sqref="B1136"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -13890,19526 +13848,19422 @@
     <row r="211" spans="1:7">
       <c r="A211" t="s">
         <v>656</v>
       </c>
       <c r="B211" s="1">
         <v>6955880305940</v>
       </c>
       <c r="C211" t="s">
         <v>657</v>
       </c>
       <c r="D211" t="s">
         <v>658</v>
       </c>
       <c r="E211">
         <v>0</v>
       </c>
       <c r="F211">
         <v>617.56</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>659</v>
       </c>
       <c r="B212" s="1">
-        <v>5028252512398</v>
+        <v>767344053535</v>
       </c>
       <c r="C212" t="s">
         <v>660</v>
       </c>
       <c r="D212" t="s">
         <v>661</v>
       </c>
       <c r="E212">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F212">
-        <v>1054.33</v>
+        <v>170.99</v>
       </c>
       <c r="G212" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="B213" s="1">
         <v>767344053535</v>
       </c>
       <c r="C213" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="D213" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="E213">
         <v>0</v>
       </c>
       <c r="F213">
         <v>170.99</v>
       </c>
       <c r="G213" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="B214" s="1">
-        <v>767344053535</v>
+        <v>4015588889394</v>
       </c>
       <c r="C214" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D214" t="s">
         <v>666</v>
       </c>
       <c r="E214">
         <v>0</v>
       </c>
       <c r="F214">
-        <v>170.99</v>
+        <v>160.27</v>
       </c>
       <c r="G214" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="B215" s="1">
         <v>4015588889394</v>
       </c>
       <c r="C215" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="D215" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="E215">
         <v>0</v>
       </c>
       <c r="F215">
         <v>160.27</v>
       </c>
       <c r="G215" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="B216" s="1">
-        <v>4015588889394</v>
+        <v>8436036551827</v>
       </c>
       <c r="C216" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="D216" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="E216">
         <v>0</v>
       </c>
       <c r="F216">
-        <v>160.27</v>
+        <v>148.0</v>
       </c>
       <c r="G216" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
         <v>672</v>
       </c>
       <c r="B217" s="1">
-        <v>8436036551827</v>
+        <v>8436036555122</v>
       </c>
       <c r="C217" t="s">
         <v>673</v>
       </c>
       <c r="D217" t="s">
         <v>674</v>
       </c>
       <c r="E217">
         <v>0</v>
       </c>
       <c r="F217">
-        <v>148.0</v>
+        <v>134.95</v>
       </c>
       <c r="G217" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
         <v>675</v>
       </c>
       <c r="B218" s="1">
-        <v>8436036555122</v>
+        <v>31262046222</v>
       </c>
       <c r="C218" t="s">
         <v>676</v>
       </c>
       <c r="D218" t="s">
         <v>677</v>
       </c>
       <c r="E218">
         <v>0</v>
       </c>
       <c r="F218">
-        <v>134.95</v>
+        <v>131.72</v>
       </c>
       <c r="G218" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
         <v>678</v>
       </c>
       <c r="B219" s="1">
-        <v>31262046222</v>
+        <v>8426680890694</v>
       </c>
       <c r="C219" t="s">
         <v>679</v>
       </c>
       <c r="D219" t="s">
         <v>680</v>
       </c>
       <c r="E219">
         <v>0</v>
       </c>
       <c r="F219">
-        <v>131.72</v>
+        <v>120.03</v>
       </c>
       <c r="G219" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
         <v>681</v>
       </c>
       <c r="B220" s="1">
-        <v>8426680890694</v>
+        <v>886678450541</v>
       </c>
       <c r="C220" t="s">
         <v>682</v>
       </c>
       <c r="D220" t="s">
         <v>683</v>
       </c>
       <c r="E220">
         <v>0</v>
       </c>
       <c r="F220">
-        <v>120.03</v>
+        <v>96.91</v>
       </c>
       <c r="G220" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
         <v>684</v>
       </c>
       <c r="B221" s="1">
-        <v>886678450541</v>
+        <v>767344053337</v>
       </c>
       <c r="C221" t="s">
+        <v>49</v>
+      </c>
+      <c r="D221" t="s">
         <v>685</v>
       </c>
-      <c r="D221" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E221">
         <v>0</v>
       </c>
       <c r="F221">
-        <v>96.91</v>
+        <v>92.18</v>
       </c>
       <c r="G221" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
+        <v>686</v>
+      </c>
+      <c r="B222" s="1">
+        <v>5603750506065</v>
+      </c>
+      <c r="C222" t="s">
         <v>687</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D222" t="s">
         <v>688</v>
       </c>
       <c r="E222">
         <v>0</v>
       </c>
       <c r="F222">
-        <v>92.18</v>
+        <v>80.99</v>
       </c>
       <c r="G222" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
         <v>689</v>
       </c>
       <c r="B223" s="1">
-        <v>5603750506065</v>
+        <v>3129710016846</v>
       </c>
       <c r="C223" t="s">
         <v>690</v>
       </c>
       <c r="D223" t="s">
         <v>691</v>
       </c>
       <c r="E223">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F223">
-        <v>80.99</v>
+        <v>78.0</v>
       </c>
       <c r="G223" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="B224" s="1">
         <v>3129710016846</v>
       </c>
       <c r="C224" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="D224" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="E224">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F224">
         <v>78.0</v>
       </c>
       <c r="G224" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B225" s="1">
-        <v>3129710016846</v>
+        <v>4211125649319</v>
       </c>
       <c r="C225" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D225" t="s">
         <v>695</v>
       </c>
       <c r="E225">
         <v>0</v>
       </c>
       <c r="F225">
-        <v>78.0</v>
+        <v>72.97</v>
       </c>
       <c r="G225" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
         <v>696</v>
       </c>
       <c r="B226" s="1">
-        <v>4211125649319</v>
+        <v>8436036558192</v>
       </c>
       <c r="C226" t="s">
         <v>697</v>
       </c>
       <c r="D226" t="s">
         <v>698</v>
       </c>
       <c r="E226">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F226">
-        <v>72.97</v>
+        <v>61.9</v>
       </c>
       <c r="G226" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
         <v>699</v>
       </c>
       <c r="B227" s="1">
-        <v>8436036558192</v>
+        <v>4055325840158</v>
       </c>
       <c r="C227" t="s">
         <v>700</v>
       </c>
       <c r="D227" t="s">
         <v>701</v>
       </c>
       <c r="E227">
         <v>1</v>
       </c>
       <c r="F227">
-        <v>61.9</v>
+        <v>61.24</v>
       </c>
       <c r="G227" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
         <v>702</v>
       </c>
       <c r="B228" s="1">
-        <v>4055325840158</v>
+        <v>3760223830064</v>
       </c>
       <c r="C228" t="s">
         <v>703</v>
       </c>
       <c r="D228" t="s">
         <v>704</v>
       </c>
       <c r="E228">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F228">
-        <v>61.24</v>
+        <v>46.5</v>
       </c>
       <c r="G228" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
         <v>705</v>
       </c>
       <c r="B229" s="1">
-        <v>3760223830064</v>
+        <v>4059313115808</v>
       </c>
       <c r="C229" t="s">
         <v>706</v>
       </c>
       <c r="D229" t="s">
         <v>707</v>
       </c>
       <c r="E229">
         <v>0</v>
       </c>
       <c r="F229">
-        <v>46.5</v>
+        <v>44.99</v>
       </c>
       <c r="G229" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B230" s="1">
-        <v>4059313115808</v>
+        <v>728619907328</v>
       </c>
       <c r="C230" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D230" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="E230">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F230">
-        <v>44.99</v>
+        <v>42.75</v>
       </c>
       <c r="G230" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B231" s="1">
-        <v>728619907328</v>
+        <v>841710147902</v>
       </c>
       <c r="C231" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D231" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="E231">
         <v>1</v>
       </c>
       <c r="F231">
-        <v>42.75</v>
+        <v>36.99</v>
       </c>
       <c r="G231" t="s">
-        <v>715</v>
+        <v>708</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
         <v>716</v>
       </c>
       <c r="B232" s="1">
-        <v>841710147902</v>
+        <v>5603750031017</v>
       </c>
       <c r="C232" t="s">
         <v>717</v>
       </c>
       <c r="D232" t="s">
         <v>718</v>
       </c>
       <c r="E232">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F232">
-        <v>36.99</v>
+        <v>30.89</v>
       </c>
       <c r="G232" t="s">
-        <v>711</v>
+        <v>662</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>719</v>
       </c>
       <c r="B233" s="1">
-        <v>5603750031017</v>
+        <v>4007249505415</v>
       </c>
       <c r="C233" t="s">
         <v>720</v>
       </c>
       <c r="D233" t="s">
         <v>721</v>
       </c>
       <c r="E233">
         <v>0</v>
       </c>
       <c r="F233">
-        <v>30.89</v>
+        <v>25.64</v>
       </c>
       <c r="G233" t="s">
-        <v>662</v>
+        <v>708</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>722</v>
       </c>
       <c r="B234" s="1">
-        <v>4007249505415</v>
+        <v>8886419319191</v>
       </c>
       <c r="C234" t="s">
         <v>723</v>
       </c>
       <c r="D234" t="s">
         <v>724</v>
       </c>
       <c r="E234">
         <v>0</v>
       </c>
       <c r="F234">
-        <v>25.64</v>
+        <v>24.04</v>
       </c>
       <c r="G234" t="s">
-        <v>711</v>
+        <v>668</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
         <v>725</v>
       </c>
       <c r="B235" s="1">
-        <v>8886419319191</v>
+        <v>8436604540437</v>
       </c>
       <c r="C235" t="s">
         <v>726</v>
       </c>
       <c r="D235" t="s">
         <v>727</v>
       </c>
       <c r="E235">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F235">
-        <v>24.04</v>
+        <v>15.0</v>
       </c>
       <c r="G235" t="s">
-        <v>671</v>
+        <v>662</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
         <v>728</v>
       </c>
       <c r="B236" s="1">
-        <v>8436604540437</v>
+        <v>7610583163851</v>
       </c>
       <c r="C236" t="s">
         <v>729</v>
       </c>
       <c r="D236" t="s">
         <v>730</v>
       </c>
       <c r="E236">
         <v>1</v>
       </c>
       <c r="F236">
-        <v>15.0</v>
+        <v>12.43</v>
       </c>
       <c r="G236" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
         <v>731</v>
       </c>
       <c r="B237" s="1">
-        <v>7610583163851</v>
+        <v>8435484059008</v>
       </c>
       <c r="C237" t="s">
         <v>732</v>
       </c>
       <c r="D237" t="s">
         <v>733</v>
       </c>
       <c r="E237">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F237">
-        <v>12.43</v>
-[...2 lines deleted...]
-        <v>671</v>
+        <v>143.21</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
         <v>734</v>
       </c>
       <c r="B238" s="1">
-        <v>8435484059008</v>
+        <v>3507460033380</v>
       </c>
       <c r="C238" t="s">
         <v>735</v>
       </c>
       <c r="D238" t="s">
         <v>736</v>
       </c>
       <c r="E238">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F238">
-        <v>143.21</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
         <v>737</v>
       </c>
       <c r="B239" s="1">
-        <v>3507460033380</v>
+        <v>4211125274061</v>
       </c>
       <c r="C239" t="s">
         <v>738</v>
       </c>
       <c r="D239" t="s">
         <v>739</v>
       </c>
       <c r="E239">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F239">
-        <v>0.0</v>
+        <v>143.12</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
+        <v>115</v>
+      </c>
+      <c r="B240" s="1">
+        <v>4211125370008</v>
+      </c>
+      <c r="C240" t="s">
+        <v>116</v>
+      </c>
+      <c r="D240" t="s">
         <v>740</v>
       </c>
-      <c r="B240" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E240">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F240">
-        <v>143.12</v>
+        <v>385.77</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>115</v>
+        <v>741</v>
       </c>
       <c r="B241" s="1">
-        <v>4211125370008</v>
+        <v>8007403061135</v>
       </c>
       <c r="C241" t="s">
-        <v>116</v>
+        <v>742</v>
       </c>
       <c r="D241" t="s">
         <v>743</v>
       </c>
       <c r="E241">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F241">
-        <v>385.77</v>
+        <v>294.95</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
         <v>744</v>
       </c>
       <c r="B242" s="1">
-        <v>8007403061135</v>
+        <v>8007403167295</v>
       </c>
       <c r="C242" t="s">
         <v>745</v>
       </c>
       <c r="D242" t="s">
         <v>746</v>
       </c>
       <c r="E242">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F242">
-        <v>294.95</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
+        <v>741</v>
+      </c>
+      <c r="B243" s="1">
+        <v>8007403061135</v>
+      </c>
+      <c r="C243" t="s">
+        <v>742</v>
+      </c>
+      <c r="D243" t="s">
         <v>747</v>
       </c>
-      <c r="B243" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E243">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F243">
-        <v>0.0</v>
+        <v>294.95</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="B244" s="1">
-        <v>8007403061135</v>
+        <v>8007403166335</v>
       </c>
       <c r="C244" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="D244" t="s">
         <v>750</v>
       </c>
       <c r="E244">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F244">
-        <v>294.95</v>
+        <v>659.99</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
         <v>751</v>
       </c>
       <c r="B245" s="1">
-        <v>8007403166335</v>
+        <v>4211125318055</v>
       </c>
       <c r="C245" t="s">
         <v>752</v>
       </c>
       <c r="D245" t="s">
         <v>753</v>
       </c>
       <c r="E245">
         <v>0</v>
       </c>
       <c r="F245">
-        <v>659.99</v>
+        <v>488.9</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
         <v>754</v>
       </c>
       <c r="B246" s="1">
-        <v>4211125318055</v>
+        <v>8007403167752</v>
       </c>
       <c r="C246" t="s">
         <v>755</v>
       </c>
       <c r="D246" t="s">
         <v>756</v>
       </c>
       <c r="E246">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F246">
-        <v>488.9</v>
+        <v>587.24</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
         <v>757</v>
       </c>
       <c r="B247" s="1">
-        <v>8007403167752</v>
+        <v>4015588602177</v>
       </c>
       <c r="C247" t="s">
         <v>758</v>
       </c>
       <c r="D247" t="s">
         <v>759</v>
       </c>
       <c r="E247">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F247">
-        <v>587.24</v>
+        <v>112.67</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="B248" s="1">
         <v>4015588602177</v>
       </c>
       <c r="C248" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D248" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="E248">
         <v>0</v>
       </c>
       <c r="F248">
         <v>112.67</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="B249" s="1">
-        <v>4015588602177</v>
+        <v>4015588612206</v>
       </c>
       <c r="C249" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D249" t="s">
         <v>763</v>
       </c>
       <c r="E249">
         <v>0</v>
       </c>
       <c r="F249">
-        <v>112.67</v>
+        <v>124.65</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
         <v>764</v>
       </c>
       <c r="B250" s="1">
-        <v>4015588612206</v>
+        <v>4211125362010</v>
       </c>
       <c r="C250" t="s">
+        <v>38</v>
+      </c>
+      <c r="D250" t="s">
         <v>765</v>
       </c>
-      <c r="D250" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E250">
         <v>0</v>
       </c>
       <c r="F250">
-        <v>124.65</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
+        <v>766</v>
+      </c>
+      <c r="B251" s="1">
+        <v>4211125326128</v>
+      </c>
+      <c r="C251" t="s">
         <v>767</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D251" t="s">
         <v>768</v>
       </c>
       <c r="E251">
         <v>0</v>
       </c>
       <c r="F251">
         <v>0.0</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
         <v>769</v>
       </c>
       <c r="B252" s="1">
-        <v>4211125326128</v>
+        <v>4211125360023</v>
       </c>
       <c r="C252" t="s">
         <v>770</v>
       </c>
       <c r="D252" t="s">
         <v>771</v>
       </c>
       <c r="E252">
         <v>0</v>
       </c>
       <c r="F252">
-        <v>0.0</v>
+        <v>277.05</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="B253" s="1">
         <v>4211125360023</v>
       </c>
       <c r="C253" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="D253" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="E253">
         <v>0</v>
       </c>
       <c r="F253">
         <v>277.05</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B254" s="1">
-        <v>4211125360023</v>
+        <v>8007403167158</v>
       </c>
       <c r="C254" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D254" t="s">
         <v>775</v>
       </c>
       <c r="E254">
         <v>0</v>
       </c>
       <c r="F254">
-        <v>277.05</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
         <v>776</v>
       </c>
       <c r="B255" s="1">
-        <v>8007403167158</v>
+        <v>4211125431037</v>
       </c>
       <c r="C255" t="s">
         <v>777</v>
       </c>
       <c r="D255" t="s">
         <v>778</v>
       </c>
       <c r="E255">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F255">
-        <v>93.0</v>
+        <v>311.63</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
         <v>779</v>
       </c>
       <c r="B256" s="1">
-        <v>4211125431037</v>
+        <v>8007403166533</v>
       </c>
       <c r="C256" t="s">
         <v>780</v>
       </c>
       <c r="D256" t="s">
         <v>781</v>
       </c>
       <c r="E256">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F256">
-        <v>311.63</v>
+        <v>728.49</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
         <v>782</v>
       </c>
       <c r="B257" s="1">
-        <v>8007403166533</v>
+        <v>4211125421038</v>
       </c>
       <c r="C257" t="s">
         <v>783</v>
       </c>
       <c r="D257" t="s">
         <v>784</v>
       </c>
       <c r="E257">
         <v>0</v>
       </c>
       <c r="F257">
-        <v>728.49</v>
+        <v>274.4</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
         <v>785</v>
       </c>
       <c r="B258" s="1">
-        <v>4211125421038</v>
+        <v>4211125424008</v>
       </c>
       <c r="C258" t="s">
         <v>786</v>
       </c>
       <c r="D258" t="s">
         <v>787</v>
       </c>
       <c r="E258">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F258">
-        <v>274.4</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
         <v>788</v>
       </c>
       <c r="B259" s="1">
-        <v>4211125424008</v>
+        <v>8007403166298</v>
       </c>
       <c r="C259" t="s">
         <v>789</v>
       </c>
       <c r="D259" t="s">
         <v>790</v>
       </c>
       <c r="E259">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F259">
-        <v>249.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="B260" s="1">
         <v>8007403166298</v>
       </c>
       <c r="C260" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="D260" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="E260">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F260">
-        <v>0.0</v>
+        <v>180.51</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B261" s="1">
-        <v>8007403166298</v>
+        <v>8007403167196</v>
       </c>
       <c r="C261" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D261" t="s">
         <v>794</v>
       </c>
       <c r="E261">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F261">
-        <v>180.51</v>
+        <v>1084.41</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
         <v>795</v>
       </c>
       <c r="B262" s="1">
-        <v>8007403167196</v>
+        <v>8007403062217</v>
       </c>
       <c r="C262" t="s">
         <v>796</v>
       </c>
       <c r="D262" t="s">
         <v>797</v>
       </c>
       <c r="E262">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F262">
-        <v>1084.41</v>
+        <v>387.47</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
+        <v>788</v>
+      </c>
+      <c r="B263" s="1">
+        <v>8007403166298</v>
+      </c>
+      <c r="C263" t="s">
+        <v>789</v>
+      </c>
+      <c r="D263" t="s">
         <v>798</v>
       </c>
-      <c r="B263" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E263">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F263">
-        <v>387.47</v>
+        <v>180.51</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="B264" s="1">
-        <v>8007403166298</v>
+        <v>4211125421069</v>
       </c>
       <c r="C264" t="s">
-        <v>792</v>
+        <v>63</v>
       </c>
       <c r="D264" t="s">
-        <v>801</v>
+        <v>800</v>
       </c>
       <c r="E264">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F264">
-        <v>180.51</v>
+        <v>232.35</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
+        <v>801</v>
+      </c>
+      <c r="B265" s="1">
+        <v>4211125424169</v>
+      </c>
+      <c r="C265" t="s">
         <v>802</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D265" t="s">
         <v>803</v>
       </c>
       <c r="E265">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F265">
-        <v>232.35</v>
+        <v>279.55</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
         <v>804</v>
       </c>
       <c r="B266" s="1">
-        <v>4211125424169</v>
+        <v>8007403166281</v>
       </c>
       <c r="C266" t="s">
         <v>805</v>
       </c>
       <c r="D266" t="s">
         <v>806</v>
       </c>
       <c r="E266">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F266">
-        <v>279.55</v>
+        <v>109.99</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
+        <v>779</v>
+      </c>
+      <c r="B267" s="1">
+        <v>8007403166533</v>
+      </c>
+      <c r="C267" t="s">
+        <v>780</v>
+      </c>
+      <c r="D267" t="s">
         <v>807</v>
       </c>
-      <c r="B267" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E267">
         <v>0</v>
       </c>
       <c r="F267">
-        <v>109.99</v>
+        <v>728.49</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>782</v>
+        <v>808</v>
       </c>
       <c r="B268" s="1">
-        <v>8007403166533</v>
+        <v>8007403166311</v>
       </c>
       <c r="C268" t="s">
-        <v>783</v>
+        <v>809</v>
       </c>
       <c r="D268" t="s">
         <v>810</v>
       </c>
       <c r="E268">
         <v>0</v>
       </c>
       <c r="F268">
-        <v>728.49</v>
+        <v>670.77</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
         <v>811</v>
       </c>
       <c r="B269" s="1">
-        <v>8007403166311</v>
+        <v>8436036559397</v>
       </c>
       <c r="C269" t="s">
         <v>812</v>
       </c>
       <c r="D269" t="s">
         <v>813</v>
       </c>
       <c r="E269">
         <v>0</v>
       </c>
       <c r="F269">
-        <v>670.77</v>
+        <v>249.95</v>
+      </c>
+      <c r="G269" t="s">
+        <v>814</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="B270" s="1">
-        <v>8436036559397</v>
+        <v>8713797069748</v>
       </c>
       <c r="C270" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D270" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="E270">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F270">
-        <v>249.95</v>
+        <v>249.0</v>
       </c>
       <c r="G270" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B271" s="1">
-        <v>8713797069748</v>
+        <v>8436035343959</v>
       </c>
       <c r="C271" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D271" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="E271">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F271">
-        <v>249.0</v>
+        <v>241.95</v>
       </c>
       <c r="G271" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
+        <v>824</v>
+      </c>
+      <c r="B272" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="C272" t="s">
+        <v>825</v>
+      </c>
+      <c r="D272" t="s">
+        <v>826</v>
+      </c>
+      <c r="E272">
+        <v>0</v>
+      </c>
+      <c r="F272">
+        <v>232.94</v>
+      </c>
+      <c r="G272" t="s">
         <v>822</v>
-      </c>
-[...16 lines deleted...]
-        <v>825</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
         <v>827</v>
       </c>
-      <c r="B273" s="1" t="s">
-        <v>826</v>
+      <c r="B273" s="1">
+        <v>8712072539754</v>
       </c>
       <c r="C273" t="s">
         <v>828</v>
       </c>
       <c r="D273" t="s">
         <v>829</v>
       </c>
       <c r="E273">
         <v>0</v>
       </c>
       <c r="F273">
-        <v>232.94</v>
+        <v>219.0</v>
       </c>
       <c r="G273" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B274" s="1">
-        <v>8712072539754</v>
+        <v>4015588889950</v>
       </c>
       <c r="C274" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D274" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="E274">
         <v>0</v>
       </c>
       <c r="F274">
-        <v>219.0</v>
+        <v>211.94</v>
       </c>
       <c r="G274" t="s">
-        <v>833</v>
+        <v>822</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
+        <v>788</v>
+      </c>
+      <c r="B275" s="1">
+        <v>8007403166298</v>
+      </c>
+      <c r="C275" t="s">
+        <v>789</v>
+      </c>
+      <c r="D275" t="s">
         <v>834</v>
       </c>
-      <c r="B275" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E275">
         <v>0</v>
       </c>
       <c r="F275">
-        <v>211.94</v>
+        <v>209.9</v>
       </c>
       <c r="G275" t="s">
-        <v>825</v>
+        <v>814</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>791</v>
+        <v>835</v>
       </c>
       <c r="B276" s="1">
-        <v>8007403166298</v>
+        <v>8717496334701</v>
       </c>
       <c r="C276" t="s">
-        <v>792</v>
+        <v>836</v>
       </c>
       <c r="D276" t="s">
         <v>837</v>
       </c>
       <c r="E276">
         <v>0</v>
       </c>
       <c r="F276">
-        <v>209.9</v>
+        <v>199.88</v>
       </c>
       <c r="G276" t="s">
-        <v>817</v>
+        <v>838</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="B277" s="1">
-        <v>8717496334701</v>
+        <v>4211125645069</v>
       </c>
       <c r="C277" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="D277" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="E277">
         <v>0</v>
       </c>
       <c r="F277">
-        <v>199.88</v>
+        <v>139.99</v>
       </c>
       <c r="G277" t="s">
-        <v>841</v>
+        <v>814</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="B278" s="1">
         <v>4211125645069</v>
       </c>
       <c r="C278" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="D278" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="E278">
         <v>0</v>
       </c>
       <c r="F278">
         <v>139.99</v>
       </c>
       <c r="G278" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="B279" s="1">
         <v>4211125645069</v>
       </c>
       <c r="C279" t="s">
+        <v>840</v>
+      </c>
+      <c r="D279" t="s">
         <v>843</v>
-      </c>
-[...1 lines deleted...]
-        <v>845</v>
       </c>
       <c r="E279">
         <v>0</v>
       </c>
       <c r="F279">
         <v>139.99</v>
       </c>
       <c r="G279" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="B280" s="1">
         <v>4211125645069</v>
       </c>
       <c r="C280" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="D280" t="s">
-        <v>846</v>
+        <v>844</v>
       </c>
       <c r="E280">
         <v>0</v>
       </c>
       <c r="F280">
         <v>139.99</v>
       </c>
       <c r="G280" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>842</v>
-[...2 lines deleted...]
-        <v>4211125645069</v>
+        <v>846</v>
+      </c>
+      <c r="B281" s="1" t="s">
+        <v>845</v>
       </c>
       <c r="C281" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="D281" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="E281">
         <v>0</v>
       </c>
       <c r="F281">
-        <v>139.99</v>
+        <v>134.99</v>
       </c>
       <c r="G281" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
+        <v>846</v>
+      </c>
+      <c r="B282" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="C282" t="s">
+        <v>847</v>
+      </c>
+      <c r="D282" t="s">
         <v>849</v>
-      </c>
-[...7 lines deleted...]
-        <v>851</v>
       </c>
       <c r="E282">
         <v>0</v>
       </c>
       <c r="F282">
         <v>134.99</v>
       </c>
       <c r="G282" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>850</v>
+      </c>
+      <c r="B283" s="1">
+        <v>4211125637101</v>
       </c>
       <c r="C283" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="D283" t="s">
         <v>852</v>
       </c>
       <c r="E283">
         <v>0</v>
       </c>
       <c r="F283">
-        <v>134.99</v>
+        <v>129.99</v>
       </c>
       <c r="G283" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="B284" s="1">
         <v>4211125637101</v>
       </c>
       <c r="C284" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="D284" t="s">
-        <v>855</v>
+        <v>853</v>
       </c>
       <c r="E284">
         <v>0</v>
       </c>
       <c r="F284">
         <v>129.99</v>
       </c>
       <c r="G284" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="B285" s="1">
         <v>4211125637101</v>
       </c>
       <c r="C285" t="s">
+        <v>851</v>
+      </c>
+      <c r="D285" t="s">
         <v>854</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
       <c r="E285">
         <v>0</v>
       </c>
       <c r="F285">
         <v>129.99</v>
       </c>
       <c r="G285" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="B286" s="1">
-        <v>4211125637101</v>
+        <v>8436036552701</v>
       </c>
       <c r="C286" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="D286" t="s">
         <v>857</v>
       </c>
       <c r="E286">
         <v>0</v>
       </c>
       <c r="F286">
-        <v>129.99</v>
+        <v>124.95</v>
       </c>
       <c r="G286" t="s">
-        <v>817</v>
+        <v>858</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>858</v>
-[...2 lines deleted...]
-        <v>8436036552701</v>
+        <v>860</v>
+      </c>
+      <c r="B287" s="1" t="s">
+        <v>859</v>
       </c>
       <c r="C287" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="D287" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="E287">
         <v>0</v>
       </c>
       <c r="F287">
-        <v>124.95</v>
+        <v>116.16</v>
       </c>
       <c r="G287" t="s">
-        <v>861</v>
+        <v>822</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
         <v>863</v>
       </c>
-      <c r="B288" s="1" t="s">
-        <v>862</v>
+      <c r="B288" s="1">
+        <v>8436035343263</v>
       </c>
       <c r="C288" t="s">
         <v>864</v>
       </c>
       <c r="D288" t="s">
         <v>865</v>
       </c>
       <c r="E288">
         <v>0</v>
       </c>
       <c r="F288">
-        <v>116.16</v>
+        <v>114.31</v>
       </c>
       <c r="G288" t="s">
-        <v>825</v>
+        <v>818</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
+        <v>751</v>
+      </c>
+      <c r="B289" s="1">
+        <v>4056352359118</v>
+      </c>
+      <c r="C289" t="s">
+        <v>752</v>
+      </c>
+      <c r="D289" t="s">
         <v>866</v>
       </c>
-      <c r="B289" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E289">
         <v>0</v>
       </c>
       <c r="F289">
-        <v>114.31</v>
+        <v>110.08</v>
       </c>
       <c r="G289" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>754</v>
+        <v>867</v>
       </c>
       <c r="B290" s="1">
-        <v>4056352359118</v>
+        <v>4030152028023</v>
       </c>
       <c r="C290" t="s">
-        <v>755</v>
+        <v>868</v>
       </c>
       <c r="D290" t="s">
         <v>869</v>
       </c>
       <c r="E290">
         <v>0</v>
       </c>
       <c r="F290">
-        <v>110.08</v>
+        <v>106.97</v>
       </c>
       <c r="G290" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
         <v>870</v>
       </c>
       <c r="B291" s="1">
-        <v>4030152028023</v>
+        <v>4015588883774</v>
       </c>
       <c r="C291" t="s">
         <v>871</v>
       </c>
       <c r="D291" t="s">
         <v>872</v>
       </c>
       <c r="E291">
         <v>0</v>
       </c>
       <c r="F291">
-        <v>106.97</v>
+        <v>91.92</v>
       </c>
       <c r="G291" t="s">
-        <v>825</v>
+        <v>873</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>873</v>
-[...2 lines deleted...]
-        <v>4015588883774</v>
+        <v>875</v>
+      </c>
+      <c r="B292" s="1" t="s">
+        <v>874</v>
       </c>
       <c r="C292" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="D292" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="E292">
         <v>0</v>
       </c>
       <c r="F292">
-        <v>91.92</v>
+        <v>91.69</v>
       </c>
       <c r="G292" t="s">
-        <v>876</v>
+        <v>858</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
         <v>878</v>
       </c>
-      <c r="B293" s="1" t="s">
-        <v>877</v>
+      <c r="B293" s="1">
+        <v>4002432118939</v>
       </c>
       <c r="C293" t="s">
         <v>879</v>
       </c>
       <c r="D293" t="s">
         <v>880</v>
       </c>
       <c r="E293">
         <v>0</v>
       </c>
       <c r="F293">
-        <v>91.69</v>
+        <v>89.99</v>
       </c>
       <c r="G293" t="s">
-        <v>861</v>
+        <v>822</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
         <v>881</v>
       </c>
       <c r="B294" s="1">
-        <v>4002432118939</v>
+        <v>8715946702742</v>
       </c>
       <c r="C294" t="s">
         <v>882</v>
       </c>
       <c r="D294" t="s">
         <v>883</v>
       </c>
       <c r="E294">
         <v>0</v>
       </c>
       <c r="F294">
-        <v>89.99</v>
+        <v>81.24</v>
       </c>
       <c r="G294" t="s">
-        <v>825</v>
+        <v>858</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="B295" s="1">
         <v>8715946702742</v>
       </c>
       <c r="C295" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="D295" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="E295">
         <v>0</v>
       </c>
       <c r="F295">
         <v>81.24</v>
       </c>
       <c r="G295" t="s">
-        <v>861</v>
+        <v>830</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B296" s="1">
-        <v>8715946702742</v>
+        <v>4002432129690</v>
       </c>
       <c r="C296" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D296" t="s">
         <v>887</v>
       </c>
       <c r="E296">
         <v>0</v>
       </c>
       <c r="F296">
-        <v>81.24</v>
+        <v>79.9</v>
       </c>
       <c r="G296" t="s">
-        <v>833</v>
+        <v>858</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
+        <v>889</v>
+      </c>
+      <c r="B297" s="1" t="s">
         <v>888</v>
       </c>
-      <c r="B297" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C297" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D297" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="E297">
         <v>0</v>
       </c>
       <c r="F297">
-        <v>79.9</v>
+        <v>78.99</v>
       </c>
       <c r="G297" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
+        <v>889</v>
+      </c>
+      <c r="B298" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="C298" t="s">
+        <v>890</v>
+      </c>
+      <c r="D298" t="s">
         <v>892</v>
-      </c>
-[...7 lines deleted...]
-        <v>894</v>
       </c>
       <c r="E298">
         <v>0</v>
       </c>
       <c r="F298">
         <v>78.99</v>
       </c>
       <c r="G298" t="s">
-        <v>861</v>
+        <v>818</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="B299" s="1" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="C299" t="s">
+        <v>890</v>
+      </c>
+      <c r="D299" t="s">
         <v>893</v>
-      </c>
-[...1 lines deleted...]
-        <v>895</v>
       </c>
       <c r="E299">
         <v>0</v>
       </c>
       <c r="F299">
         <v>78.99</v>
       </c>
       <c r="G299" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="B300" s="1" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="C300" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="D300" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="E300">
         <v>0</v>
       </c>
       <c r="F300">
-        <v>78.99</v>
+        <v>78.5</v>
       </c>
       <c r="G300" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
+        <v>899</v>
+      </c>
+      <c r="B301" s="1" t="s">
         <v>898</v>
       </c>
-      <c r="B301" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C301" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="D301" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="E301">
         <v>0</v>
       </c>
       <c r="F301">
-        <v>78.5</v>
+        <v>77.28</v>
       </c>
       <c r="G301" t="s">
-        <v>833</v>
+        <v>902</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="B302" s="1" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="C302" t="s">
+        <v>900</v>
+      </c>
+      <c r="D302" t="s">
         <v>903</v>
-      </c>
-[...1 lines deleted...]
-        <v>904</v>
       </c>
       <c r="E302">
         <v>0</v>
       </c>
       <c r="F302">
         <v>77.28</v>
       </c>
       <c r="G302" t="s">
-        <v>905</v>
+        <v>838</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="B303" s="1" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="C303" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="D303" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="E303">
         <v>0</v>
       </c>
       <c r="F303">
-        <v>77.28</v>
+        <v>75.51</v>
       </c>
       <c r="G303" t="s">
-        <v>841</v>
+        <v>830</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
         <v>908</v>
       </c>
-      <c r="B304" s="1" t="s">
-        <v>907</v>
+      <c r="B304" s="1">
+        <v>8436036555825</v>
       </c>
       <c r="C304" t="s">
         <v>909</v>
       </c>
       <c r="D304" t="s">
         <v>910</v>
       </c>
       <c r="E304">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F304">
-        <v>75.51</v>
+        <v>74.95</v>
       </c>
       <c r="G304" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
         <v>911</v>
       </c>
       <c r="B305" s="1">
-        <v>8436036555825</v>
+        <v>8715946702711</v>
       </c>
       <c r="C305" t="s">
         <v>912</v>
       </c>
       <c r="D305" t="s">
         <v>913</v>
       </c>
       <c r="E305">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F305">
-        <v>74.95</v>
+        <v>74.66</v>
       </c>
       <c r="G305" t="s">
-        <v>833</v>
+        <v>818</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
         <v>914</v>
       </c>
       <c r="B306" s="1">
-        <v>8715946702711</v>
+        <v>4015588889554</v>
       </c>
       <c r="C306" t="s">
         <v>915</v>
       </c>
       <c r="D306" t="s">
         <v>916</v>
       </c>
       <c r="E306">
         <v>0</v>
       </c>
       <c r="F306">
-        <v>74.66</v>
+        <v>70.99</v>
       </c>
       <c r="G306" t="s">
-        <v>821</v>
+        <v>858</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="B307" s="1">
         <v>4015588889554</v>
       </c>
       <c r="C307" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="D307" t="s">
-        <v>919</v>
+        <v>917</v>
       </c>
       <c r="E307">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F307">
         <v>70.99</v>
       </c>
       <c r="G307" t="s">
-        <v>861</v>
+        <v>818</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B308" s="1">
-        <v>4015588889554</v>
+        <v>8715946702797</v>
       </c>
       <c r="C308" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="D308" t="s">
         <v>920</v>
       </c>
       <c r="E308">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F308">
-        <v>70.99</v>
+        <v>63.98</v>
       </c>
       <c r="G308" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="B309" s="1">
         <v>8715946702797</v>
       </c>
       <c r="C309" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="D309" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="E309">
         <v>0</v>
       </c>
       <c r="F309">
         <v>63.98</v>
       </c>
       <c r="G309" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="B310" s="1">
-        <v>8715946702797</v>
+        <v>4211125585006</v>
       </c>
       <c r="C310" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="D310" t="s">
         <v>924</v>
       </c>
       <c r="E310">
         <v>0</v>
       </c>
       <c r="F310">
-        <v>63.98</v>
+        <v>63.63</v>
       </c>
       <c r="G310" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
+        <v>926</v>
+      </c>
+      <c r="B311" s="1" t="s">
         <v>925</v>
       </c>
-      <c r="B311" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C311" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D311" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="E311">
         <v>0</v>
       </c>
       <c r="F311">
-        <v>63.63</v>
+        <v>59.83</v>
       </c>
       <c r="G311" t="s">
-        <v>841</v>
+        <v>830</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
         <v>929</v>
       </c>
-      <c r="B312" s="1" t="s">
-        <v>928</v>
+      <c r="B312" s="1">
+        <v>4549292092875</v>
       </c>
       <c r="C312" t="s">
         <v>930</v>
       </c>
       <c r="D312" t="s">
         <v>931</v>
       </c>
       <c r="E312">
         <v>0</v>
       </c>
       <c r="F312">
-        <v>59.83</v>
+        <v>59.79</v>
       </c>
       <c r="G312" t="s">
-        <v>833</v>
+        <v>858</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
         <v>932</v>
       </c>
       <c r="B313" s="1">
-        <v>4549292092875</v>
+        <v>4549292126815</v>
       </c>
       <c r="C313" t="s">
         <v>933</v>
       </c>
       <c r="D313" t="s">
         <v>934</v>
       </c>
       <c r="E313">
         <v>0</v>
       </c>
       <c r="F313">
-        <v>59.79</v>
+        <v>59.49</v>
       </c>
       <c r="G313" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
         <v>935</v>
       </c>
       <c r="B314" s="1">
-        <v>4549292126815</v>
+        <v>4002432129683</v>
       </c>
       <c r="C314" t="s">
         <v>936</v>
       </c>
       <c r="D314" t="s">
         <v>937</v>
       </c>
       <c r="E314">
         <v>0</v>
       </c>
       <c r="F314">
-        <v>59.49</v>
+        <v>57.72</v>
       </c>
       <c r="G314" t="s">
-        <v>861</v>
+        <v>818</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
+        <v>801</v>
+      </c>
+      <c r="B315" s="1">
+        <v>4211125424169</v>
+      </c>
+      <c r="C315" t="s">
+        <v>802</v>
+      </c>
+      <c r="D315" t="s">
         <v>938</v>
       </c>
-      <c r="B315" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E315">
         <v>0</v>
       </c>
       <c r="F315">
-        <v>57.72</v>
+        <v>55.83</v>
       </c>
       <c r="G315" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>804</v>
+        <v>939</v>
       </c>
       <c r="B316" s="1">
-        <v>4211125424169</v>
+        <v>4549292185638</v>
       </c>
       <c r="C316" t="s">
-        <v>805</v>
+        <v>940</v>
       </c>
       <c r="D316" t="s">
         <v>941</v>
       </c>
       <c r="E316">
         <v>0</v>
       </c>
       <c r="F316">
-        <v>55.83</v>
+        <v>55.0</v>
       </c>
       <c r="G316" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="B317" s="1">
         <v>4549292185638</v>
       </c>
       <c r="C317" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="D317" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
       <c r="E317">
         <v>0</v>
       </c>
       <c r="F317">
         <v>55.0</v>
       </c>
       <c r="G317" t="s">
-        <v>833</v>
+        <v>818</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>4549292185638</v>
+        <v>709</v>
+      </c>
+      <c r="B318" s="1" t="s">
+        <v>943</v>
       </c>
       <c r="C318" t="s">
-        <v>943</v>
+        <v>710</v>
       </c>
       <c r="D318" t="s">
+        <v>944</v>
+      </c>
+      <c r="E318">
+        <v>1</v>
+      </c>
+      <c r="F318">
+        <v>54.96</v>
+      </c>
+      <c r="G318" t="s">
         <v>945</v>
-      </c>
-[...7 lines deleted...]
-        <v>821</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>712</v>
-[...1 lines deleted...]
-      <c r="B319" s="1" t="s">
         <v>946</v>
       </c>
+      <c r="B319" s="1">
+        <v>5010777139679</v>
+      </c>
       <c r="C319" t="s">
-        <v>713</v>
+        <v>947</v>
       </c>
       <c r="D319" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="E319">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F319">
-        <v>54.96</v>
+        <v>54.79</v>
       </c>
       <c r="G319" t="s">
-        <v>948</v>
+        <v>818</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
         <v>949</v>
       </c>
       <c r="B320" s="1">
-        <v>5010777139679</v>
+        <v>8715946702780</v>
       </c>
       <c r="C320" t="s">
         <v>950</v>
       </c>
       <c r="D320" t="s">
         <v>951</v>
       </c>
       <c r="E320">
         <v>0</v>
       </c>
       <c r="F320">
-        <v>54.79</v>
+        <v>53.08</v>
       </c>
       <c r="G320" t="s">
-        <v>821</v>
+        <v>858</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
         <v>952</v>
       </c>
       <c r="B321" s="1">
-        <v>8715946702780</v>
+        <v>4549292165678</v>
       </c>
       <c r="C321" t="s">
         <v>953</v>
       </c>
       <c r="D321" t="s">
         <v>954</v>
       </c>
       <c r="E321">
         <v>0</v>
       </c>
       <c r="F321">
-        <v>53.08</v>
+        <v>52.99</v>
       </c>
       <c r="G321" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
+        <v>956</v>
+      </c>
+      <c r="B322" s="1" t="s">
         <v>955</v>
       </c>
-      <c r="B322" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C322" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="D322" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="E322">
         <v>0</v>
       </c>
       <c r="F322">
-        <v>52.99</v>
+        <v>51.77</v>
       </c>
       <c r="G322" t="s">
-        <v>861</v>
+        <v>818</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
         <v>959</v>
       </c>
-      <c r="B323" s="1" t="s">
-        <v>958</v>
+      <c r="B323" s="1">
+        <v>4549292143867</v>
       </c>
       <c r="C323" t="s">
         <v>960</v>
       </c>
       <c r="D323" t="s">
         <v>961</v>
       </c>
       <c r="E323">
         <v>0</v>
       </c>
       <c r="F323">
-        <v>51.77</v>
+        <v>50.44</v>
       </c>
       <c r="G323" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
+        <v>952</v>
+      </c>
+      <c r="B324" s="1">
+        <v>4549292165678</v>
+      </c>
+      <c r="C324" t="s">
+        <v>953</v>
+      </c>
+      <c r="D324" t="s">
         <v>962</v>
       </c>
-      <c r="B324" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E324">
         <v>0</v>
       </c>
       <c r="F324">
-        <v>50.44</v>
+        <v>49.59</v>
       </c>
       <c r="G324" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>955</v>
+        <v>963</v>
       </c>
       <c r="B325" s="1">
-        <v>4549292165678</v>
+        <v>9002493423534</v>
       </c>
       <c r="C325" t="s">
-        <v>956</v>
+        <v>964</v>
       </c>
       <c r="D325" t="s">
         <v>965</v>
       </c>
       <c r="E325">
         <v>0</v>
       </c>
       <c r="F325">
-        <v>49.59</v>
+        <v>48.59</v>
       </c>
       <c r="G325" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
         <v>966</v>
       </c>
       <c r="B326" s="1">
-        <v>9002493423534</v>
+        <v>4043641600020</v>
       </c>
       <c r="C326" t="s">
         <v>967</v>
       </c>
       <c r="D326" t="s">
         <v>968</v>
       </c>
       <c r="E326">
         <v>0</v>
       </c>
       <c r="F326">
-        <v>48.59</v>
+        <v>48.23</v>
       </c>
       <c r="G326" t="s">
-        <v>833</v>
+        <v>818</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
+        <v>705</v>
+      </c>
+      <c r="B327" s="1">
+        <v>4059313115808</v>
+      </c>
+      <c r="C327" t="s">
+        <v>706</v>
+      </c>
+      <c r="D327" t="s">
         <v>969</v>
       </c>
-      <c r="B327" s="1">
-[...2 lines deleted...]
-      <c r="C327" t="s">
+      <c r="E327">
+        <v>0</v>
+      </c>
+      <c r="F327">
+        <v>44.99</v>
+      </c>
+      <c r="G327" t="s">
         <v>970</v>
-      </c>
-[...10 lines deleted...]
-        <v>821</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="B328" s="1">
         <v>4059313115808</v>
       </c>
       <c r="C328" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="D328" t="s">
-        <v>972</v>
+        <v>971</v>
       </c>
       <c r="E328">
         <v>0</v>
       </c>
       <c r="F328">
         <v>44.99</v>
       </c>
       <c r="G328" t="s">
-        <v>973</v>
+        <v>902</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>708</v>
+        <v>972</v>
       </c>
       <c r="B329" s="1">
-        <v>4059313115808</v>
+        <v>4015588883873</v>
       </c>
       <c r="C329" t="s">
-        <v>709</v>
+        <v>973</v>
       </c>
       <c r="D329" t="s">
         <v>974</v>
       </c>
       <c r="E329">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F329">
         <v>44.99</v>
       </c>
       <c r="G329" t="s">
-        <v>905</v>
+        <v>830</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
+        <v>976</v>
+      </c>
+      <c r="B330" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="B330" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C330" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D330" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="E330">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F330">
-        <v>44.99</v>
+        <v>44.59</v>
       </c>
       <c r="G330" t="s">
-        <v>833</v>
+        <v>822</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
+        <v>976</v>
+      </c>
+      <c r="B331" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="C331" t="s">
+        <v>977</v>
+      </c>
+      <c r="D331" t="s">
         <v>979</v>
-      </c>
-[...7 lines deleted...]
-        <v>981</v>
       </c>
       <c r="E331">
         <v>0</v>
       </c>
       <c r="F331">
         <v>44.59</v>
       </c>
       <c r="G331" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>978</v>
+        <v>980</v>
+      </c>
+      <c r="B332" s="1">
+        <v>4015588602726</v>
       </c>
       <c r="C332" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="D332" t="s">
         <v>982</v>
       </c>
       <c r="E332">
         <v>0</v>
       </c>
       <c r="F332">
-        <v>44.59</v>
+        <v>44.0</v>
       </c>
       <c r="G332" t="s">
-        <v>825</v>
+        <v>838</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
         <v>983</v>
       </c>
       <c r="B333" s="1">
-        <v>4015588602726</v>
+        <v>5603750560104</v>
       </c>
       <c r="C333" t="s">
         <v>984</v>
       </c>
       <c r="D333" t="s">
         <v>985</v>
       </c>
       <c r="E333">
         <v>0</v>
       </c>
       <c r="F333">
-        <v>44.0</v>
+        <v>43.19</v>
       </c>
       <c r="G333" t="s">
-        <v>841</v>
+        <v>822</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
         <v>986</v>
       </c>
       <c r="B334" s="1">
-        <v>5603750560104</v>
+        <v>4002030159877</v>
       </c>
       <c r="C334" t="s">
         <v>987</v>
       </c>
       <c r="D334" t="s">
         <v>988</v>
       </c>
       <c r="E334">
         <v>0</v>
       </c>
       <c r="F334">
-        <v>43.19</v>
+        <v>43.12</v>
       </c>
       <c r="G334" t="s">
-        <v>825</v>
+        <v>818</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
         <v>989</v>
       </c>
       <c r="B335" s="1">
-        <v>4002030159877</v>
+        <v>4054554503506</v>
       </c>
       <c r="C335" t="s">
         <v>990</v>
       </c>
       <c r="D335" t="s">
         <v>991</v>
       </c>
       <c r="E335">
         <v>0</v>
       </c>
       <c r="F335">
-        <v>43.12</v>
+        <v>39.89</v>
       </c>
       <c r="G335" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
+        <v>713</v>
+      </c>
+      <c r="B336" s="1" t="s">
         <v>992</v>
       </c>
-      <c r="B336" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C336" t="s">
+        <v>714</v>
+      </c>
+      <c r="D336" t="s">
         <v>993</v>
       </c>
-      <c r="D336" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E336">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F336">
-        <v>39.89</v>
+        <v>38.64</v>
       </c>
       <c r="G336" t="s">
-        <v>821</v>
+        <v>970</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>716</v>
-[...1 lines deleted...]
-      <c r="B337" s="1" t="s">
+        <v>994</v>
+      </c>
+      <c r="B337" s="1">
+        <v>4015588404627</v>
+      </c>
+      <c r="C337" t="s">
         <v>995</v>
-      </c>
-[...1 lines deleted...]
-        <v>717</v>
       </c>
       <c r="D337" t="s">
         <v>996</v>
       </c>
       <c r="E337">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F337">
-        <v>38.64</v>
+        <v>36.12</v>
       </c>
       <c r="G337" t="s">
-        <v>973</v>
+        <v>830</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
         <v>997</v>
       </c>
       <c r="B338" s="1">
-        <v>4015588404627</v>
+        <v>4009729069066</v>
       </c>
       <c r="C338" t="s">
         <v>998</v>
       </c>
       <c r="D338" t="s">
         <v>999</v>
       </c>
       <c r="E338">
         <v>0</v>
       </c>
       <c r="F338">
-        <v>36.12</v>
+        <v>35.99</v>
       </c>
       <c r="G338" t="s">
-        <v>833</v>
+        <v>858</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
         <v>1000</v>
       </c>
       <c r="B339" s="1">
-        <v>4009729069066</v>
+        <v>5010777141993</v>
       </c>
       <c r="C339" t="s">
         <v>1001</v>
       </c>
       <c r="D339" t="s">
         <v>1002</v>
       </c>
       <c r="E339">
         <v>0</v>
       </c>
       <c r="F339">
-        <v>35.99</v>
+        <v>34.99</v>
       </c>
       <c r="G339" t="s">
-        <v>861</v>
+        <v>818</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B340" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="B340" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C340" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D340" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="E340">
         <v>0</v>
       </c>
       <c r="F340">
-        <v>34.99</v>
+        <v>34.89</v>
       </c>
       <c r="G340" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
         <v>1007</v>
       </c>
       <c r="B341" s="1" t="s">
-        <v>1006</v>
+        <v>83</v>
       </c>
       <c r="C341" t="s">
+        <v>85</v>
+      </c>
+      <c r="D341" t="s">
         <v>1008</v>
       </c>
-      <c r="D341" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E341">
         <v>0</v>
       </c>
       <c r="F341">
-        <v>34.89</v>
+        <v>31.33</v>
       </c>
       <c r="G341" t="s">
-        <v>825</v>
+        <v>902</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="B342" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C342" t="s">
         <v>85</v>
       </c>
       <c r="D342" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="E342">
         <v>0</v>
       </c>
       <c r="F342">
         <v>31.33</v>
       </c>
       <c r="G342" t="s">
-        <v>905</v>
+        <v>873</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B343" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D343" t="s">
         <v>1010</v>
       </c>
-      <c r="B343" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E343">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F343">
-        <v>31.33</v>
+        <v>25.59</v>
       </c>
       <c r="G343" t="s">
-        <v>876</v>
+        <v>822</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>1007</v>
-[...2 lines deleted...]
-        <v>1006</v>
+        <v>1011</v>
+      </c>
+      <c r="B344" s="1">
+        <v>8711292031680</v>
       </c>
       <c r="C344" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="D344" t="s">
         <v>1013</v>
       </c>
       <c r="E344">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F344">
-        <v>25.59</v>
+        <v>24.99</v>
       </c>
       <c r="G344" t="s">
-        <v>825</v>
+        <v>970</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
         <v>1014</v>
       </c>
       <c r="B345" s="1">
-        <v>8711292031680</v>
+        <v>6974929172145</v>
       </c>
       <c r="C345" t="s">
         <v>1015</v>
       </c>
       <c r="D345" t="s">
         <v>1016</v>
       </c>
       <c r="E345">
         <v>0</v>
       </c>
       <c r="F345">
-        <v>24.99</v>
+        <v>22.29</v>
       </c>
       <c r="G345" t="s">
-        <v>973</v>
+        <v>818</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
         <v>1017</v>
       </c>
       <c r="B346" s="1">
-        <v>6974929172145</v>
+        <v>4015588611506</v>
       </c>
       <c r="C346" t="s">
         <v>1018</v>
       </c>
       <c r="D346" t="s">
         <v>1019</v>
       </c>
       <c r="E346">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F346">
-        <v>22.29</v>
+        <v>20.99</v>
       </c>
       <c r="G346" t="s">
-        <v>821</v>
+        <v>945</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
         <v>1020</v>
       </c>
       <c r="B347" s="1">
-        <v>4015588611506</v>
+        <v>3329680389296</v>
       </c>
       <c r="C347" t="s">
         <v>1021</v>
       </c>
       <c r="D347" t="s">
         <v>1022</v>
       </c>
       <c r="E347">
         <v>1</v>
       </c>
       <c r="F347">
-        <v>20.99</v>
+        <v>12.49</v>
       </c>
       <c r="G347" t="s">
-        <v>948</v>
+        <v>818</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
         <v>1023</v>
       </c>
       <c r="B348" s="1">
-        <v>3329680389296</v>
+        <v>5603750480105</v>
       </c>
       <c r="C348" t="s">
         <v>1024</v>
       </c>
       <c r="D348" t="s">
         <v>1025</v>
       </c>
       <c r="E348">
         <v>1</v>
       </c>
       <c r="F348">
-        <v>12.49</v>
+        <v>9.59</v>
       </c>
       <c r="G348" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
+        <v>776</v>
+      </c>
+      <c r="B349" s="1">
+        <v>4211125431037</v>
+      </c>
+      <c r="C349" t="s">
+        <v>777</v>
+      </c>
+      <c r="D349" t="s">
         <v>1026</v>
       </c>
-      <c r="B349" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E349">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F349">
-        <v>9.59</v>
-[...2 lines deleted...]
-        <v>821</v>
+        <v>311.63</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>779</v>
+        <v>1027</v>
       </c>
       <c r="B350" s="1">
-        <v>4211125431037</v>
+        <v>4211125368036</v>
       </c>
       <c r="C350" t="s">
-        <v>780</v>
+        <v>1028</v>
       </c>
       <c r="D350" t="s">
         <v>1029</v>
       </c>
       <c r="E350">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F350">
-        <v>311.63</v>
+        <v>339.28</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
         <v>1030</v>
       </c>
       <c r="B351" s="1">
-        <v>4211125368036</v>
+        <v>8007403166304</v>
       </c>
       <c r="C351" t="s">
         <v>1031</v>
       </c>
       <c r="D351" t="s">
         <v>1032</v>
       </c>
       <c r="E351">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F351">
-        <v>339.28</v>
+        <v>336.63</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
+        <v>764</v>
+      </c>
+      <c r="B352" s="1">
+        <v>4211125362010</v>
+      </c>
+      <c r="C352" t="s">
+        <v>38</v>
+      </c>
+      <c r="D352" t="s">
         <v>1033</v>
       </c>
-      <c r="B352" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E352">
         <v>0</v>
       </c>
       <c r="F352">
-        <v>336.63</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>767</v>
+        <v>1034</v>
       </c>
       <c r="B353" s="1">
-        <v>4211125362010</v>
+        <v>4211125431051</v>
       </c>
       <c r="C353" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="D353" t="s">
-        <v>1036</v>
+        <v>1035</v>
       </c>
       <c r="E353">
         <v>0</v>
       </c>
       <c r="F353">
-        <v>0.0</v>
+        <v>431.17</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1037</v>
+        <v>1027</v>
       </c>
       <c r="B354" s="1">
-        <v>4211125431051</v>
+        <v>4211125368036</v>
       </c>
       <c r="C354" t="s">
-        <v>17</v>
+        <v>1028</v>
       </c>
       <c r="D354" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
       <c r="E354">
         <v>0</v>
       </c>
       <c r="F354">
-        <v>431.17</v>
+        <v>339.28</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1030</v>
+        <v>754</v>
       </c>
       <c r="B355" s="1">
-        <v>4211125368036</v>
+        <v>8007403167752</v>
       </c>
       <c r="C355" t="s">
-        <v>1031</v>
+        <v>755</v>
       </c>
       <c r="D355" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="E355">
         <v>0</v>
       </c>
       <c r="F355">
-        <v>339.28</v>
+        <v>587.24</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>757</v>
+        <v>1038</v>
       </c>
       <c r="B356" s="1">
-        <v>8007403167752</v>
+        <v>4015588612305</v>
       </c>
       <c r="C356" t="s">
-        <v>758</v>
+        <v>1039</v>
       </c>
       <c r="D356" t="s">
         <v>1040</v>
       </c>
       <c r="E356">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F356">
-        <v>587.24</v>
+        <v>251.99</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
         <v>1041</v>
       </c>
       <c r="B357" s="1">
-        <v>4015588612305</v>
+        <v>8007403167776</v>
       </c>
       <c r="C357" t="s">
         <v>1042</v>
       </c>
       <c r="D357" t="s">
         <v>1043</v>
       </c>
       <c r="E357">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F357">
-        <v>251.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
+        <v>764</v>
+      </c>
+      <c r="B358" s="1">
+        <v>4211125362010</v>
+      </c>
+      <c r="C358" t="s">
+        <v>38</v>
+      </c>
+      <c r="D358" t="s">
         <v>1044</v>
-      </c>
-[...7 lines deleted...]
-        <v>1046</v>
       </c>
       <c r="E358">
         <v>0</v>
       </c>
       <c r="F358">
         <v>0.0</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>767</v>
+        <v>1045</v>
       </c>
       <c r="B359" s="1">
-        <v>4211125362010</v>
+        <v>4211125531065</v>
       </c>
       <c r="C359" t="s">
-        <v>38</v>
+        <v>1046</v>
       </c>
       <c r="D359" t="s">
         <v>1047</v>
       </c>
       <c r="E359">
         <v>0</v>
       </c>
       <c r="F359">
-        <v>0.0</v>
+        <v>202.35</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
+        <v>737</v>
+      </c>
+      <c r="B360" s="1">
+        <v>4211125274061</v>
+      </c>
+      <c r="C360" t="s">
+        <v>738</v>
+      </c>
+      <c r="D360" t="s">
         <v>1048</v>
       </c>
-      <c r="B360" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E360">
         <v>0</v>
       </c>
       <c r="F360">
-        <v>202.35</v>
+        <v>143.12</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>740</v>
+        <v>1049</v>
       </c>
       <c r="B361" s="1">
-        <v>4211125274061</v>
+        <v>4211125304065</v>
       </c>
       <c r="C361" t="s">
-        <v>741</v>
+        <v>1050</v>
       </c>
       <c r="D361" t="s">
         <v>1051</v>
       </c>
       <c r="E361">
         <v>0</v>
       </c>
       <c r="F361">
-        <v>143.12</v>
+        <v>187.31</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="B362" s="1">
         <v>4211125304065</v>
       </c>
       <c r="C362" t="s">
-        <v>1053</v>
+        <v>1050</v>
       </c>
       <c r="D362" t="s">
-        <v>1054</v>
+        <v>1052</v>
       </c>
       <c r="E362">
         <v>0</v>
       </c>
       <c r="F362">
         <v>187.31</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>1052</v>
+        <v>801</v>
       </c>
       <c r="B363" s="1">
-        <v>4211125304065</v>
+        <v>4211125424169</v>
       </c>
       <c r="C363" t="s">
+        <v>802</v>
+      </c>
+      <c r="D363" t="s">
         <v>1053</v>
       </c>
-      <c r="D363" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E363">
         <v>0</v>
       </c>
       <c r="F363">
-        <v>187.31</v>
+        <v>279.55</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>804</v>
+        <v>1054</v>
       </c>
       <c r="B364" s="1">
-        <v>4211125424169</v>
+        <v>4211125533014</v>
       </c>
       <c r="C364" t="s">
-        <v>805</v>
+        <v>1055</v>
       </c>
       <c r="D364" t="s">
         <v>1056</v>
       </c>
       <c r="E364">
         <v>0</v>
       </c>
       <c r="F364">
-        <v>279.55</v>
+        <v>158.24</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>1057</v>
+        <v>1054</v>
       </c>
       <c r="B365" s="1">
         <v>4211125533014</v>
       </c>
       <c r="C365" t="s">
-        <v>1058</v>
+        <v>1055</v>
       </c>
       <c r="D365" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="E365">
         <v>0</v>
       </c>
       <c r="F365">
         <v>158.24</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>1057</v>
+        <v>1027</v>
       </c>
       <c r="B366" s="1">
-        <v>4211125533014</v>
+        <v>4211125368036</v>
       </c>
       <c r="C366" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D366" t="s">
         <v>1058</v>
       </c>
-      <c r="D366" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E366">
         <v>0</v>
       </c>
       <c r="F366">
-        <v>158.24</v>
+        <v>339.28</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>1030</v>
+        <v>1059</v>
       </c>
       <c r="B367" s="1">
-        <v>4211125368036</v>
+        <v>8007403167288</v>
       </c>
       <c r="C367" t="s">
-        <v>1031</v>
+        <v>1060</v>
       </c>
       <c r="D367" t="s">
         <v>1061</v>
       </c>
       <c r="E367">
         <v>0</v>
       </c>
       <c r="F367">
-        <v>339.28</v>
+        <v>461.25</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
+        <v>795</v>
+      </c>
+      <c r="B368" s="1">
+        <v>8007403062217</v>
+      </c>
+      <c r="C368" t="s">
+        <v>796</v>
+      </c>
+      <c r="D368" t="s">
         <v>1062</v>
       </c>
-      <c r="B368" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E368">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F368">
-        <v>461.25</v>
+        <v>387.47</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="B369" s="1">
         <v>8007403062217</v>
       </c>
       <c r="C369" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="D369" t="s">
-        <v>1065</v>
+        <v>1063</v>
       </c>
       <c r="E369">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F369">
         <v>387.47</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="B370" s="1">
-        <v>8007403062217</v>
+        <v>8007403166281</v>
       </c>
       <c r="C370" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="D370" t="s">
-        <v>1066</v>
+        <v>1064</v>
       </c>
       <c r="E370">
         <v>0</v>
       </c>
       <c r="F370">
-        <v>387.47</v>
+        <v>109.99</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>807</v>
+        <v>1030</v>
       </c>
       <c r="B371" s="1">
-        <v>8007403166281</v>
+        <v>8007403166304</v>
       </c>
       <c r="C371" t="s">
-        <v>808</v>
+        <v>1031</v>
       </c>
       <c r="D371" t="s">
-        <v>1067</v>
+        <v>1065</v>
       </c>
       <c r="E371">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F371">
-        <v>109.99</v>
+        <v>336.63</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>1033</v>
+        <v>748</v>
       </c>
       <c r="B372" s="1">
-        <v>8007403166304</v>
+        <v>8007403166335</v>
       </c>
       <c r="C372" t="s">
-        <v>1034</v>
+        <v>749</v>
       </c>
       <c r="D372" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="E372">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F372">
-        <v>336.63</v>
+        <v>659.99</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>751</v>
+        <v>1041</v>
       </c>
       <c r="B373" s="1">
-        <v>8007403166335</v>
+        <v>8007403167776</v>
       </c>
       <c r="C373" t="s">
-        <v>752</v>
+        <v>1042</v>
       </c>
       <c r="D373" t="s">
-        <v>1069</v>
+        <v>1067</v>
       </c>
       <c r="E373">
         <v>0</v>
       </c>
       <c r="F373">
-        <v>659.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>1044</v>
+        <v>1030</v>
       </c>
       <c r="B374" s="1">
-        <v>8007403167776</v>
+        <v>8007403166304</v>
       </c>
       <c r="C374" t="s">
-        <v>1045</v>
+        <v>1031</v>
       </c>
       <c r="D374" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
       <c r="E374">
         <v>0</v>
       </c>
       <c r="F374">
-        <v>0.0</v>
+        <v>336.63</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="B375" s="1">
-        <v>8007403166304</v>
+        <v>4015588612305</v>
       </c>
       <c r="C375" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="D375" t="s">
-        <v>1071</v>
+        <v>1069</v>
       </c>
       <c r="E375">
         <v>0</v>
       </c>
       <c r="F375">
-        <v>336.63</v>
+        <v>251.99</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>1041</v>
+        <v>795</v>
       </c>
       <c r="B376" s="1">
-        <v>4015588612305</v>
+        <v>8007403062217</v>
       </c>
       <c r="C376" t="s">
-        <v>1042</v>
+        <v>796</v>
       </c>
       <c r="D376" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="E376">
         <v>0</v>
       </c>
       <c r="F376">
-        <v>251.99</v>
+        <v>387.47</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="B377" s="1">
         <v>8007403062217</v>
       </c>
       <c r="C377" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="D377" t="s">
-        <v>1073</v>
+        <v>1071</v>
       </c>
       <c r="E377">
         <v>0</v>
       </c>
       <c r="F377">
         <v>387.47</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>798</v>
+        <v>779</v>
       </c>
       <c r="B378" s="1">
-        <v>8007403062217</v>
+        <v>8007403166533</v>
       </c>
       <c r="C378" t="s">
-        <v>799</v>
+        <v>780</v>
       </c>
       <c r="D378" t="s">
-        <v>1074</v>
+        <v>1072</v>
       </c>
       <c r="E378">
         <v>0</v>
       </c>
       <c r="F378">
-        <v>387.47</v>
+        <v>728.49</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>782</v>
+        <v>1073</v>
       </c>
       <c r="B379" s="1">
-        <v>8007403166533</v>
+        <v>4015588602283</v>
       </c>
       <c r="C379" t="s">
-        <v>783</v>
+        <v>1074</v>
       </c>
       <c r="D379" t="s">
         <v>1075</v>
       </c>
       <c r="E379">
         <v>0</v>
       </c>
       <c r="F379">
-        <v>728.49</v>
+        <v>231.94</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
         <v>1076</v>
       </c>
       <c r="B380" s="1">
-        <v>4015588602283</v>
+        <v>8436531911058</v>
       </c>
       <c r="C380" t="s">
         <v>1077</v>
       </c>
       <c r="D380" t="s">
         <v>1078</v>
       </c>
       <c r="E380">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F380">
-        <v>231.94</v>
+        <v>22.7</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="B381" s="1">
         <v>8436531911058</v>
       </c>
       <c r="C381" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="D381" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
       <c r="E381">
         <v>2</v>
       </c>
       <c r="F381">
         <v>22.7</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>1079</v>
+        <v>126</v>
       </c>
       <c r="B382" s="1">
-        <v>8436531911058</v>
+        <v>8436531912062</v>
       </c>
       <c r="C382" t="s">
+        <v>127</v>
+      </c>
+      <c r="D382" t="s">
         <v>1080</v>
       </c>
-      <c r="D382" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E382">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F382">
-        <v>22.7</v>
+        <v>189.19</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>126</v>
+        <v>795</v>
       </c>
       <c r="B383" s="1">
-        <v>8436531912062</v>
+        <v>8007403062217</v>
       </c>
       <c r="C383" t="s">
-        <v>127</v>
+        <v>796</v>
       </c>
       <c r="D383" t="s">
-        <v>1083</v>
+        <v>1081</v>
       </c>
       <c r="E383">
         <v>0</v>
       </c>
       <c r="F383">
-        <v>189.19</v>
+        <v>387.47</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>798</v>
+        <v>126</v>
       </c>
       <c r="B384" s="1">
-        <v>8007403062217</v>
+        <v>8436531912062</v>
       </c>
       <c r="C384" t="s">
-        <v>799</v>
+        <v>127</v>
       </c>
       <c r="D384" t="s">
-        <v>1084</v>
+        <v>1082</v>
       </c>
       <c r="E384">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F384">
-        <v>387.47</v>
+        <v>189.19</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>126</v>
+        <v>795</v>
       </c>
       <c r="B385" s="1">
-        <v>8436531912062</v>
+        <v>8007403062217</v>
       </c>
       <c r="C385" t="s">
-        <v>127</v>
+        <v>796</v>
       </c>
       <c r="D385" t="s">
-        <v>1085</v>
+        <v>1083</v>
       </c>
       <c r="E385">
         <v>1</v>
       </c>
       <c r="F385">
-        <v>189.19</v>
+        <v>387.47</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>798</v>
+        <v>1084</v>
       </c>
       <c r="B386" s="1">
-        <v>8007403062217</v>
+        <v>4211125326029</v>
       </c>
       <c r="C386" t="s">
-        <v>799</v>
+        <v>1085</v>
       </c>
       <c r="D386" t="s">
         <v>1086</v>
       </c>
       <c r="E386">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F386">
-        <v>387.47</v>
+        <v>317.0</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
+        <v>751</v>
+      </c>
+      <c r="B387" s="1">
+        <v>4211125318055</v>
+      </c>
+      <c r="C387" t="s">
+        <v>752</v>
+      </c>
+      <c r="D387" t="s">
         <v>1087</v>
       </c>
-      <c r="B387" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E387">
         <v>0</v>
       </c>
       <c r="F387">
-        <v>317.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>754</v>
+        <v>1059</v>
       </c>
       <c r="B388" s="1">
-        <v>4211125318055</v>
+        <v>8007403167288</v>
       </c>
       <c r="C388" t="s">
-        <v>755</v>
+        <v>1060</v>
       </c>
       <c r="D388" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
       <c r="E388">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F388">
-        <v>0.0</v>
+        <v>461.25</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>1062</v>
+        <v>1089</v>
       </c>
       <c r="B389" s="1">
-        <v>8007403167288</v>
+        <v>4211125303006</v>
       </c>
       <c r="C389" t="s">
-        <v>1063</v>
+        <v>1090</v>
       </c>
       <c r="D389" t="s">
         <v>1091</v>
       </c>
       <c r="E389">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F389">
-        <v>461.25</v>
+        <v>147.17</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
         <v>1092</v>
       </c>
       <c r="B390" s="1">
-        <v>4211125303006</v>
+        <v>4015588612329</v>
       </c>
       <c r="C390" t="s">
         <v>1093</v>
       </c>
       <c r="D390" t="s">
         <v>1094</v>
       </c>
       <c r="E390">
         <v>0</v>
       </c>
       <c r="F390">
-        <v>147.17</v>
+        <v>149.55</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B391" s="1">
+        <v>8007403167776</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D391" t="s">
         <v>1095</v>
       </c>
-      <c r="B391" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E391">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F391">
-        <v>149.55</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>1044</v>
+        <v>1096</v>
       </c>
       <c r="B392" s="1">
-        <v>8007403167776</v>
+        <v>8007403167516</v>
       </c>
       <c r="C392" t="s">
-        <v>1045</v>
+        <v>1097</v>
       </c>
       <c r="D392" t="s">
         <v>1098</v>
       </c>
       <c r="E392">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F392">
-        <v>0.0</v>
+        <v>1015.35</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
         <v>1099</v>
       </c>
       <c r="B393" s="1">
-        <v>8007403167516</v>
+        <v>8007403060046</v>
       </c>
       <c r="C393" t="s">
         <v>1100</v>
       </c>
       <c r="D393" t="s">
         <v>1101</v>
       </c>
       <c r="E393">
         <v>0</v>
       </c>
       <c r="F393">
-        <v>1015.35</v>
+        <v>382.49</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
+        <v>804</v>
+      </c>
+      <c r="B394" s="1">
+        <v>8007403166281</v>
+      </c>
+      <c r="C394" t="s">
+        <v>805</v>
+      </c>
+      <c r="D394" t="s">
         <v>1102</v>
       </c>
-      <c r="B394" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E394">
         <v>0</v>
       </c>
       <c r="F394">
-        <v>382.49</v>
+        <v>109.99</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>807</v>
+        <v>799</v>
       </c>
       <c r="B395" s="1">
-        <v>8007403166281</v>
+        <v>4211125421069</v>
       </c>
       <c r="C395" t="s">
-        <v>808</v>
+        <v>63</v>
       </c>
       <c r="D395" t="s">
-        <v>1105</v>
+        <v>1103</v>
       </c>
       <c r="E395">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F395">
-        <v>109.99</v>
+        <v>232.35</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>802</v>
+        <v>1034</v>
       </c>
       <c r="B396" s="1">
-        <v>4211125421069</v>
+        <v>4211125431051</v>
       </c>
       <c r="C396" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="D396" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="E396">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F396">
-        <v>232.35</v>
+        <v>431.17</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>1037</v>
+        <v>741</v>
       </c>
       <c r="B397" s="1">
-        <v>4211125431051</v>
+        <v>8007403061135</v>
       </c>
       <c r="C397" t="s">
-        <v>17</v>
+        <v>742</v>
       </c>
       <c r="D397" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
       <c r="E397">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F397">
-        <v>431.17</v>
+        <v>294.95</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>744</v>
+        <v>1059</v>
       </c>
       <c r="B398" s="1">
-        <v>8007403061135</v>
+        <v>8007403167288</v>
       </c>
       <c r="C398" t="s">
-        <v>745</v>
+        <v>1060</v>
       </c>
       <c r="D398" t="s">
-        <v>1108</v>
+        <v>1106</v>
       </c>
       <c r="E398">
         <v>1</v>
       </c>
       <c r="F398">
-        <v>294.95</v>
+        <v>461.25</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>1062</v>
+        <v>788</v>
       </c>
       <c r="B399" s="1">
-        <v>8007403167288</v>
+        <v>8007403166298</v>
       </c>
       <c r="C399" t="s">
-        <v>1063</v>
+        <v>789</v>
       </c>
       <c r="D399" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="E399">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F399">
-        <v>461.25</v>
+        <v>180.51</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>791</v>
+        <v>757</v>
       </c>
       <c r="B400" s="1">
-        <v>8007403166298</v>
+        <v>4015588602177</v>
       </c>
       <c r="C400" t="s">
-        <v>792</v>
+        <v>758</v>
       </c>
       <c r="D400" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
       <c r="E400">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F400">
-        <v>180.51</v>
+        <v>112.67</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>760</v>
+        <v>1109</v>
       </c>
       <c r="B401" s="1">
-        <v>4015588602177</v>
+        <v>8007403060152</v>
       </c>
       <c r="C401" t="s">
-        <v>761</v>
+        <v>1110</v>
       </c>
       <c r="D401" t="s">
         <v>1111</v>
       </c>
       <c r="E401">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F401">
-        <v>112.67</v>
+        <v>507.13</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B402" s="1">
+        <v>8007403167288</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D402" t="s">
         <v>1112</v>
       </c>
-      <c r="B402" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E402">
         <v>0</v>
       </c>
       <c r="F402">
-        <v>507.13</v>
+        <v>461.25</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>1062</v>
+        <v>1030</v>
       </c>
       <c r="B403" s="1">
-        <v>8007403167288</v>
+        <v>8007403166304</v>
       </c>
       <c r="C403" t="s">
-        <v>1063</v>
+        <v>1031</v>
       </c>
       <c r="D403" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
       <c r="E403">
         <v>0</v>
       </c>
       <c r="F403">
-        <v>461.25</v>
+        <v>336.63</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>1033</v>
+        <v>1109</v>
       </c>
       <c r="B404" s="1">
-        <v>8007403166304</v>
+        <v>8007403060152</v>
       </c>
       <c r="C404" t="s">
-        <v>1034</v>
+        <v>1110</v>
       </c>
       <c r="D404" t="s">
-        <v>1116</v>
+        <v>1114</v>
       </c>
       <c r="E404">
         <v>0</v>
       </c>
       <c r="F404">
-        <v>336.63</v>
+        <v>507.13</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>1112</v>
+        <v>788</v>
       </c>
       <c r="B405" s="1">
-        <v>8007403060152</v>
+        <v>8007403166298</v>
       </c>
       <c r="C405" t="s">
-        <v>1113</v>
+        <v>789</v>
       </c>
       <c r="D405" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="E405">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F405">
-        <v>507.13</v>
+        <v>180.51</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="B406" s="1">
-        <v>8007403166298</v>
+        <v>4211125424169</v>
       </c>
       <c r="C406" t="s">
-        <v>792</v>
+        <v>802</v>
       </c>
       <c r="D406" t="s">
-        <v>1118</v>
+        <v>1116</v>
       </c>
       <c r="E406">
         <v>1</v>
       </c>
       <c r="F406">
-        <v>180.51</v>
+        <v>279.55</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>804</v>
+        <v>1117</v>
       </c>
       <c r="B407" s="1">
-        <v>4211125424169</v>
+        <v>4211125319021</v>
       </c>
       <c r="C407" t="s">
-        <v>805</v>
+        <v>1118</v>
       </c>
       <c r="D407" t="s">
         <v>1119</v>
       </c>
       <c r="E407">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F407">
-        <v>279.55</v>
+        <v>469.9</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
+        <v>785</v>
+      </c>
+      <c r="B408" s="1">
+        <v>4211125424008</v>
+      </c>
+      <c r="C408" t="s">
+        <v>786</v>
+      </c>
+      <c r="D408" t="s">
         <v>1120</v>
       </c>
-      <c r="B408" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E408">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F408">
-        <v>469.9</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>788</v>
+        <v>782</v>
       </c>
       <c r="B409" s="1">
-        <v>4211125424008</v>
+        <v>4211125421038</v>
       </c>
       <c r="C409" t="s">
-        <v>789</v>
+        <v>783</v>
       </c>
       <c r="D409" t="s">
-        <v>1123</v>
+        <v>1121</v>
       </c>
       <c r="E409">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F409">
-        <v>249.0</v>
+        <v>274.4</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
         <v>785</v>
       </c>
       <c r="B410" s="1">
-        <v>4211125421038</v>
+        <v>4211125424008</v>
       </c>
       <c r="C410" t="s">
         <v>786</v>
       </c>
       <c r="D410" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="E410">
         <v>0</v>
       </c>
       <c r="F410">
-        <v>274.4</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>788</v>
+        <v>782</v>
       </c>
       <c r="B411" s="1">
-        <v>4211125424008</v>
+        <v>4211125421038</v>
       </c>
       <c r="C411" t="s">
-        <v>789</v>
+        <v>783</v>
       </c>
       <c r="D411" t="s">
-        <v>1125</v>
+        <v>1123</v>
       </c>
       <c r="E411">
         <v>0</v>
       </c>
       <c r="F411">
-        <v>249.0</v>
+        <v>274.4</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>785</v>
+        <v>1124</v>
       </c>
       <c r="B412" s="1">
-        <v>4211125421038</v>
+        <v>4211125431037</v>
       </c>
       <c r="C412" t="s">
-        <v>786</v>
+        <v>777</v>
       </c>
       <c r="D412" t="s">
-        <v>1126</v>
+        <v>1125</v>
       </c>
       <c r="E412">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F412">
-        <v>274.4</v>
+        <v>311.63</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>1127</v>
+        <v>788</v>
       </c>
       <c r="B413" s="1">
-        <v>4211125431037</v>
+        <v>8007403166298</v>
       </c>
       <c r="C413" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="D413" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
       <c r="E413">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F413">
-        <v>311.63</v>
+        <v>180.51</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>791</v>
+        <v>1099</v>
       </c>
       <c r="B414" s="1">
-        <v>8007403166298</v>
+        <v>8007403060046</v>
       </c>
       <c r="C414" t="s">
-        <v>792</v>
+        <v>1100</v>
       </c>
       <c r="D414" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="E414">
         <v>0</v>
       </c>
       <c r="F414">
-        <v>180.51</v>
+        <v>382.49</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>1102</v>
+        <v>1128</v>
       </c>
       <c r="B415" s="1">
-        <v>8007403060046</v>
+        <v>4211125314002</v>
       </c>
       <c r="C415" t="s">
-        <v>1103</v>
+        <v>1129</v>
       </c>
       <c r="D415" t="s">
         <v>1130</v>
       </c>
       <c r="E415">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F415">
-        <v>382.49</v>
+        <v>231.17</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B416" s="1">
+        <v>8007403060046</v>
+      </c>
+      <c r="C416" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D416" t="s">
         <v>1131</v>
-      </c>
-[...7 lines deleted...]
-        <v>1133</v>
       </c>
       <c r="E416">
         <v>1</v>
       </c>
       <c r="F416">
-        <v>231.17</v>
+        <v>382.49</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>1102</v>
+        <v>1030</v>
       </c>
       <c r="B417" s="1">
-        <v>8007403060046</v>
+        <v>8007403166304</v>
       </c>
       <c r="C417" t="s">
-        <v>1103</v>
+        <v>1031</v>
       </c>
       <c r="D417" t="s">
-        <v>1134</v>
+        <v>1132</v>
       </c>
       <c r="E417">
         <v>1</v>
       </c>
       <c r="F417">
-        <v>382.49</v>
+        <v>336.63</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>1033</v>
+        <v>804</v>
       </c>
       <c r="B418" s="1">
-        <v>8007403166304</v>
+        <v>8007403166281</v>
       </c>
       <c r="C418" t="s">
-        <v>1034</v>
+        <v>805</v>
       </c>
       <c r="D418" t="s">
-        <v>1135</v>
+        <v>1133</v>
       </c>
       <c r="E418">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F418">
-        <v>336.63</v>
+        <v>109.99</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B419" s="1">
-        <v>8007403166281</v>
+        <v>8007403166311</v>
       </c>
       <c r="C419" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D419" t="s">
-        <v>1136</v>
+        <v>1134</v>
       </c>
       <c r="E419">
         <v>0</v>
       </c>
       <c r="F419">
-        <v>109.99</v>
+        <v>670.77</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>811</v>
+        <v>1135</v>
       </c>
       <c r="B420" s="1">
-        <v>8007403166311</v>
+        <v>8004032004137</v>
       </c>
       <c r="C420" t="s">
-        <v>812</v>
+        <v>1136</v>
       </c>
       <c r="D420" t="s">
         <v>1137</v>
       </c>
       <c r="E420">
         <v>0</v>
       </c>
       <c r="F420">
-        <v>670.77</v>
+        <v>403.64</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B421" s="1">
+        <v>4015588612305</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D421" t="s">
         <v>1138</v>
       </c>
-      <c r="B421" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E421">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F421">
-        <v>403.64</v>
+        <v>251.99</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>1041</v>
+        <v>1124</v>
       </c>
       <c r="B422" s="1">
-        <v>4015588612305</v>
+        <v>4211125431037</v>
       </c>
       <c r="C422" t="s">
-        <v>1042</v>
+        <v>777</v>
       </c>
       <c r="D422" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="E422">
         <v>1</v>
       </c>
       <c r="F422">
-        <v>251.99</v>
+        <v>311.63</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>1127</v>
+        <v>1099</v>
       </c>
       <c r="B423" s="1">
-        <v>4211125431037</v>
+        <v>8007403060046</v>
       </c>
       <c r="C423" t="s">
-        <v>780</v>
+        <v>1100</v>
       </c>
       <c r="D423" t="s">
-        <v>1142</v>
+        <v>1140</v>
       </c>
       <c r="E423">
         <v>1</v>
       </c>
       <c r="F423">
-        <v>311.63</v>
+        <v>382.49</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>1102</v>
+        <v>795</v>
       </c>
       <c r="B424" s="1">
-        <v>8007403060046</v>
+        <v>8007403062217</v>
       </c>
       <c r="C424" t="s">
-        <v>1103</v>
+        <v>796</v>
       </c>
       <c r="D424" t="s">
-        <v>1143</v>
+        <v>1141</v>
       </c>
       <c r="E424">
         <v>1</v>
       </c>
       <c r="F424">
-        <v>382.49</v>
+        <v>387.47</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>798</v>
+        <v>1099</v>
       </c>
       <c r="B425" s="1">
-        <v>8007403062217</v>
+        <v>8007403060046</v>
       </c>
       <c r="C425" t="s">
-        <v>799</v>
+        <v>1100</v>
       </c>
       <c r="D425" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="E425">
         <v>1</v>
       </c>
       <c r="F425">
-        <v>387.47</v>
+        <v>382.49</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>1102</v>
+        <v>804</v>
       </c>
       <c r="B426" s="1">
-        <v>8007403060046</v>
+        <v>8007403166281</v>
       </c>
       <c r="C426" t="s">
-        <v>1103</v>
+        <v>805</v>
       </c>
       <c r="D426" t="s">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="E426">
         <v>1</v>
       </c>
       <c r="F426">
-        <v>382.49</v>
+        <v>109.99</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>807</v>
+        <v>1027</v>
       </c>
       <c r="B427" s="1">
-        <v>8007403166281</v>
+        <v>4211125368036</v>
       </c>
       <c r="C427" t="s">
-        <v>808</v>
+        <v>1028</v>
       </c>
       <c r="D427" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="E427">
         <v>1</v>
       </c>
       <c r="F427">
-        <v>109.99</v>
+        <v>339.28</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>1030</v>
+        <v>1059</v>
       </c>
       <c r="B428" s="1">
-        <v>4211125368036</v>
+        <v>8007403167288</v>
       </c>
       <c r="C428" t="s">
-        <v>1031</v>
+        <v>1060</v>
       </c>
       <c r="D428" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="E428">
         <v>1</v>
       </c>
       <c r="F428">
-        <v>339.28</v>
+        <v>461.25</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>1062</v>
+        <v>1076</v>
       </c>
       <c r="B429" s="1">
-        <v>8007403167288</v>
+        <v>8436531911058</v>
       </c>
       <c r="C429" t="s">
-        <v>1063</v>
+        <v>1077</v>
       </c>
       <c r="D429" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
       <c r="E429">
         <v>1</v>
       </c>
       <c r="F429">
-        <v>461.25</v>
+        <v>22.7</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="B430" s="1">
         <v>8436531911058</v>
       </c>
       <c r="C430" t="s">
-        <v>1080</v>
+        <v>1077</v>
       </c>
       <c r="D430" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="E430">
         <v>1</v>
       </c>
       <c r="F430">
         <v>22.7</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>1079</v>
+        <v>795</v>
       </c>
       <c r="B431" s="1">
-        <v>8436531911058</v>
+        <v>8007403062217</v>
       </c>
       <c r="C431" t="s">
-        <v>1080</v>
+        <v>796</v>
       </c>
       <c r="D431" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="E431">
         <v>1</v>
       </c>
       <c r="F431">
-        <v>22.7</v>
+        <v>387.47</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="B432" s="1">
         <v>8007403062217</v>
       </c>
       <c r="C432" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="D432" t="s">
-        <v>1151</v>
+        <v>1149</v>
       </c>
       <c r="E432">
         <v>1</v>
       </c>
       <c r="F432">
         <v>387.47</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>798</v>
+        <v>741</v>
       </c>
       <c r="B433" s="1">
-        <v>8007403062217</v>
+        <v>8007403061135</v>
       </c>
       <c r="C433" t="s">
-        <v>799</v>
+        <v>742</v>
       </c>
       <c r="D433" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="E433">
         <v>1</v>
       </c>
       <c r="F433">
-        <v>387.47</v>
+        <v>294.95</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>744</v>
+        <v>773</v>
       </c>
       <c r="B434" s="1">
-        <v>8007403061135</v>
+        <v>8007403167158</v>
       </c>
       <c r="C434" t="s">
-        <v>745</v>
+        <v>774</v>
       </c>
       <c r="D434" t="s">
-        <v>1153</v>
+        <v>1151</v>
       </c>
       <c r="E434">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F434">
-        <v>294.95</v>
+        <v>93.0</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
         <v>776</v>
       </c>
       <c r="B435" s="1">
-        <v>8007403167158</v>
+        <v>4211125431037</v>
       </c>
       <c r="C435" t="s">
         <v>777</v>
       </c>
       <c r="D435" t="s">
-        <v>1154</v>
+        <v>1152</v>
       </c>
       <c r="E435">
         <v>0</v>
       </c>
       <c r="F435">
-        <v>93.0</v>
+        <v>311.63</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>779</v>
+        <v>804</v>
       </c>
       <c r="B436" s="1">
-        <v>4211125431037</v>
+        <v>8007403166281</v>
       </c>
       <c r="C436" t="s">
-        <v>780</v>
+        <v>805</v>
       </c>
       <c r="D436" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="E436">
         <v>0</v>
       </c>
       <c r="F436">
-        <v>311.63</v>
+        <v>109.99</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>807</v>
+        <v>1027</v>
       </c>
       <c r="B437" s="1">
-        <v>8007403166281</v>
+        <v>4211125368036</v>
       </c>
       <c r="C437" t="s">
-        <v>808</v>
+        <v>1028</v>
       </c>
       <c r="D437" t="s">
-        <v>1156</v>
+        <v>1154</v>
       </c>
       <c r="E437">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F437">
-        <v>109.99</v>
+        <v>339.28</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>1030</v>
+        <v>1155</v>
       </c>
       <c r="B438" s="1">
-        <v>4211125368036</v>
+        <v>4211125215132</v>
       </c>
       <c r="C438" t="s">
-        <v>1031</v>
+        <v>1156</v>
       </c>
       <c r="D438" t="s">
         <v>1157</v>
       </c>
       <c r="E438">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F438">
-        <v>339.28</v>
+        <v>162.25</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
         <v>1158</v>
       </c>
       <c r="B439" s="1">
-        <v>4211125215132</v>
+        <v>4211125274139</v>
       </c>
       <c r="C439" t="s">
+        <v>53</v>
+      </c>
+      <c r="D439" t="s">
         <v>1159</v>
       </c>
-      <c r="D439" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E439">
         <v>0</v>
       </c>
       <c r="F439">
-        <v>162.25</v>
+        <v>235.99</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B440" s="1">
+        <v>4211125275013</v>
+      </c>
+      <c r="C440" t="s">
         <v>1161</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="D440" t="s">
         <v>1162</v>
       </c>
       <c r="E440">
         <v>0</v>
       </c>
       <c r="F440">
-        <v>235.99</v>
+        <v>208.74</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
         <v>1163</v>
       </c>
       <c r="B441" s="1">
-        <v>4211125275013</v>
+        <v>4211125216160</v>
       </c>
       <c r="C441" t="s">
         <v>1164</v>
       </c>
       <c r="D441" t="s">
         <v>1165</v>
       </c>
       <c r="E441">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F441">
-        <v>208.74</v>
+        <v>231.68</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
         <v>1166</v>
       </c>
       <c r="B442" s="1">
-        <v>4211125216160</v>
+        <v>4211125276850</v>
       </c>
       <c r="C442" t="s">
         <v>1167</v>
       </c>
       <c r="D442" t="s">
         <v>1168</v>
       </c>
       <c r="E442">
         <v>1</v>
       </c>
       <c r="F442">
-        <v>231.68</v>
+        <v>139.64</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
         <v>1169</v>
       </c>
       <c r="B443" s="1">
-        <v>4211125276850</v>
+        <v>4211125273927</v>
       </c>
       <c r="C443" t="s">
         <v>1170</v>
       </c>
       <c r="D443" t="s">
         <v>1171</v>
       </c>
       <c r="E443">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F443">
-        <v>139.64</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B444" s="1">
+        <v>4211125368036</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D444" t="s">
         <v>1172</v>
       </c>
-      <c r="B444" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E444">
         <v>0</v>
       </c>
       <c r="F444">
-        <v>0.0</v>
+        <v>339.28</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>1030</v>
+        <v>1173</v>
       </c>
       <c r="B445" s="1">
-        <v>4211125368036</v>
+        <v>4015588611681</v>
       </c>
       <c r="C445" t="s">
-        <v>1031</v>
+        <v>1174</v>
       </c>
       <c r="D445" t="s">
         <v>1175</v>
       </c>
       <c r="E445">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F445">
-        <v>339.28</v>
+        <v>214.97</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
+        <v>741</v>
+      </c>
+      <c r="B446" s="1">
+        <v>8007403061135</v>
+      </c>
+      <c r="C446" t="s">
+        <v>742</v>
+      </c>
+      <c r="D446" t="s">
         <v>1176</v>
-      </c>
-[...7 lines deleted...]
-        <v>1178</v>
       </c>
       <c r="E446">
         <v>1</v>
       </c>
       <c r="F446">
-        <v>214.97</v>
+        <v>294.95</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>744</v>
+        <v>1177</v>
       </c>
       <c r="B447" s="1">
-        <v>8007403061135</v>
+        <v>4211125276898</v>
       </c>
       <c r="C447" t="s">
-        <v>745</v>
+        <v>1178</v>
       </c>
       <c r="D447" t="s">
         <v>1179</v>
       </c>
       <c r="E447">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F447">
-        <v>294.95</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B448" s="1">
+        <v>4211125216160</v>
+      </c>
+      <c r="C448" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D448" t="s">
         <v>1180</v>
       </c>
-      <c r="B448" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E448">
         <v>0</v>
       </c>
       <c r="F448">
-        <v>0.0</v>
+        <v>231.68</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>1166</v>
+        <v>795</v>
       </c>
       <c r="B449" s="1">
-        <v>4211125216160</v>
+        <v>8007403062217</v>
       </c>
       <c r="C449" t="s">
-        <v>1167</v>
+        <v>796</v>
       </c>
       <c r="D449" t="s">
-        <v>1183</v>
+        <v>1181</v>
       </c>
       <c r="E449">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F449">
-        <v>231.68</v>
+        <v>387.47</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>798</v>
+        <v>1109</v>
       </c>
       <c r="B450" s="1">
-        <v>8007403062217</v>
+        <v>8007403060152</v>
       </c>
       <c r="C450" t="s">
-        <v>799</v>
+        <v>1110</v>
       </c>
       <c r="D450" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
       <c r="E450">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F450">
-        <v>387.47</v>
+        <v>507.13</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>1112</v>
+        <v>744</v>
       </c>
       <c r="B451" s="1">
-        <v>8007403060152</v>
+        <v>8007403167295</v>
       </c>
       <c r="C451" t="s">
-        <v>1113</v>
+        <v>745</v>
       </c>
       <c r="D451" t="s">
-        <v>1185</v>
+        <v>1183</v>
       </c>
       <c r="E451">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F451">
-        <v>507.13</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>747</v>
+        <v>1184</v>
       </c>
       <c r="B452" s="1">
-        <v>8007403167295</v>
+        <v>4211125317164</v>
       </c>
       <c r="C452" t="s">
-        <v>748</v>
+        <v>1185</v>
       </c>
       <c r="D452" t="s">
         <v>1186</v>
       </c>
       <c r="E452">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F452">
-        <v>0.0</v>
+        <v>347.81</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B453" s="1">
+        <v>8007403060046</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D453" t="s">
         <v>1187</v>
       </c>
-      <c r="B453" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E453">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F453">
-        <v>347.81</v>
+        <v>382.49</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>1102</v>
+        <v>1188</v>
       </c>
       <c r="B454" s="1">
-        <v>8007403060046</v>
+        <v>8007403167769</v>
       </c>
       <c r="C454" t="s">
-        <v>1103</v>
+        <v>1189</v>
       </c>
       <c r="D454" t="s">
         <v>1190</v>
       </c>
       <c r="E454">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F454">
-        <v>382.49</v>
+        <v>462.62</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B455" s="1">
+        <v>4211125431051</v>
+      </c>
+      <c r="C455" t="s">
+        <v>17</v>
+      </c>
+      <c r="D455" t="s">
         <v>1191</v>
       </c>
-      <c r="B455" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E455">
         <v>0</v>
       </c>
       <c r="F455">
-        <v>462.62</v>
+        <v>431.17</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>1037</v>
+        <v>751</v>
       </c>
       <c r="B456" s="1">
-        <v>4211125431051</v>
+        <v>4211125318055</v>
       </c>
       <c r="C456" t="s">
-        <v>17</v>
+        <v>752</v>
       </c>
       <c r="D456" t="s">
-        <v>1194</v>
+        <v>1192</v>
       </c>
       <c r="E456">
         <v>0</v>
       </c>
       <c r="F456">
-        <v>431.17</v>
+        <v>488.9</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="B457" s="1">
-        <v>4211125318055</v>
+        <v>8007403167295</v>
       </c>
       <c r="C457" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="D457" t="s">
-        <v>1195</v>
+        <v>1193</v>
       </c>
       <c r="E457">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F457">
-        <v>488.9</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
-        <v>747</v>
+        <v>741</v>
       </c>
       <c r="B458" s="1">
-        <v>8007403167295</v>
+        <v>8007403061135</v>
       </c>
       <c r="C458" t="s">
-        <v>748</v>
+        <v>742</v>
       </c>
       <c r="D458" t="s">
-        <v>1196</v>
+        <v>1194</v>
       </c>
       <c r="E458">
         <v>1</v>
       </c>
       <c r="F458">
-        <v>0.0</v>
+        <v>294.95</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>744</v>
+        <v>1030</v>
       </c>
       <c r="B459" s="1">
-        <v>8007403061135</v>
+        <v>8007403166304</v>
       </c>
       <c r="C459" t="s">
-        <v>745</v>
+        <v>1031</v>
       </c>
       <c r="D459" t="s">
-        <v>1197</v>
+        <v>1195</v>
       </c>
       <c r="E459">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F459">
-        <v>294.95</v>
+        <v>336.63</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>1033</v>
+        <v>1030</v>
       </c>
       <c r="B460" s="1">
         <v>8007403166304</v>
       </c>
       <c r="C460" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="D460" t="s">
-        <v>1198</v>
+        <v>1196</v>
       </c>
       <c r="E460">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F460">
         <v>336.63</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
-        <v>1033</v>
+        <v>1099</v>
       </c>
       <c r="B461" s="1">
-        <v>8007403166304</v>
+        <v>8007403060046</v>
       </c>
       <c r="C461" t="s">
-        <v>1034</v>
+        <v>1100</v>
       </c>
       <c r="D461" t="s">
-        <v>1199</v>
+        <v>1197</v>
       </c>
       <c r="E461">
         <v>1</v>
       </c>
       <c r="F461">
-        <v>336.63</v>
+        <v>382.49</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
-        <v>1102</v>
+        <v>776</v>
       </c>
       <c r="B462" s="1">
-        <v>8007403060046</v>
+        <v>4211125431037</v>
       </c>
       <c r="C462" t="s">
-        <v>1103</v>
+        <v>777</v>
       </c>
       <c r="D462" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="E462">
         <v>1</v>
       </c>
       <c r="F462">
-        <v>382.49</v>
+        <v>311.63</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>779</v>
+        <v>1099</v>
       </c>
       <c r="B463" s="1">
-        <v>4211125431037</v>
+        <v>8007403060046</v>
       </c>
       <c r="C463" t="s">
-        <v>780</v>
+        <v>1100</v>
       </c>
       <c r="D463" t="s">
-        <v>1201</v>
+        <v>1199</v>
       </c>
       <c r="E463">
         <v>1</v>
       </c>
       <c r="F463">
-        <v>311.63</v>
+        <v>382.49</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>1102</v>
+        <v>1049</v>
       </c>
       <c r="B464" s="1">
-        <v>8007403060046</v>
+        <v>4211125304065</v>
       </c>
       <c r="C464" t="s">
-        <v>1103</v>
+        <v>1050</v>
       </c>
       <c r="D464" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
       <c r="E464">
         <v>1</v>
       </c>
       <c r="F464">
-        <v>382.49</v>
+        <v>187.31</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>1052</v>
+        <v>782</v>
       </c>
       <c r="B465" s="1">
-        <v>4211125304065</v>
+        <v>4211125421038</v>
       </c>
       <c r="C465" t="s">
-        <v>1053</v>
+        <v>783</v>
       </c>
       <c r="D465" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="E465">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F465">
-        <v>187.31</v>
+        <v>274.4</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
-        <v>785</v>
+        <v>1202</v>
       </c>
       <c r="B466" s="1">
-        <v>4211125421038</v>
+        <v>4015588611568</v>
       </c>
       <c r="C466" t="s">
-        <v>786</v>
+        <v>1203</v>
       </c>
       <c r="D466" t="s">
         <v>1204</v>
       </c>
       <c r="E466">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F466">
-        <v>274.4</v>
+        <v>60.99</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
+        <v>801</v>
+      </c>
+      <c r="B467" s="1">
+        <v>4211125424169</v>
+      </c>
+      <c r="C467" t="s">
+        <v>802</v>
+      </c>
+      <c r="D467" t="s">
         <v>1205</v>
-      </c>
-[...7 lines deleted...]
-        <v>1207</v>
       </c>
       <c r="E467">
         <v>1</v>
       </c>
       <c r="F467">
-        <v>60.99</v>
+        <v>279.55</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="B468" s="1">
         <v>4211125424169</v>
       </c>
       <c r="C468" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="D468" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="E468">
         <v>1</v>
       </c>
       <c r="F468">
         <v>279.55</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="B469" s="1">
         <v>4211125424169</v>
       </c>
       <c r="C469" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="D469" t="s">
-        <v>1209</v>
+        <v>1207</v>
       </c>
       <c r="E469">
         <v>1</v>
       </c>
       <c r="F469">
         <v>279.55</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
-        <v>804</v>
+        <v>1030</v>
       </c>
       <c r="B470" s="1">
-        <v>4211125424169</v>
+        <v>8007403166304</v>
       </c>
       <c r="C470" t="s">
-        <v>805</v>
+        <v>1031</v>
       </c>
       <c r="D470" t="s">
-        <v>1210</v>
+        <v>1208</v>
       </c>
       <c r="E470">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F470">
-        <v>279.55</v>
+        <v>336.63</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>1033</v>
+        <v>741</v>
       </c>
       <c r="B471" s="1">
-        <v>8007403166304</v>
+        <v>8007403061135</v>
       </c>
       <c r="C471" t="s">
-        <v>1034</v>
+        <v>742</v>
       </c>
       <c r="D471" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="E471">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F471">
-        <v>336.63</v>
+        <v>294.95</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>744</v>
+        <v>801</v>
       </c>
       <c r="B472" s="1">
-        <v>8007403061135</v>
+        <v>4211125424169</v>
       </c>
       <c r="C472" t="s">
-        <v>745</v>
+        <v>802</v>
       </c>
       <c r="D472" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
       <c r="E472">
         <v>1</v>
       </c>
       <c r="F472">
-        <v>294.95</v>
+        <v>279.55</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>804</v>
+        <v>741</v>
       </c>
       <c r="B473" s="1">
-        <v>4211125424169</v>
+        <v>8007403061135</v>
       </c>
       <c r="C473" t="s">
-        <v>805</v>
+        <v>742</v>
       </c>
       <c r="D473" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="E473">
         <v>1</v>
       </c>
       <c r="F473">
-        <v>279.55</v>
+        <v>294.95</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
-        <v>744</v>
+        <v>1041</v>
       </c>
       <c r="B474" s="1">
-        <v>8007403061135</v>
+        <v>8007403167776</v>
       </c>
       <c r="C474" t="s">
-        <v>745</v>
+        <v>1042</v>
       </c>
       <c r="D474" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
       <c r="E474">
         <v>1</v>
       </c>
       <c r="F474">
-        <v>294.95</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
-        <v>1044</v>
+        <v>1059</v>
       </c>
       <c r="B475" s="1">
-        <v>8007403167776</v>
+        <v>8007403167288</v>
       </c>
       <c r="C475" t="s">
-        <v>1045</v>
+        <v>1060</v>
       </c>
       <c r="D475" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
       <c r="E475">
         <v>1</v>
       </c>
       <c r="F475">
-        <v>0.0</v>
+        <v>461.25</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>1062</v>
+        <v>1030</v>
       </c>
       <c r="B476" s="1">
-        <v>8007403167288</v>
+        <v>8007403166304</v>
       </c>
       <c r="C476" t="s">
-        <v>1063</v>
+        <v>1031</v>
       </c>
       <c r="D476" t="s">
-        <v>1216</v>
+        <v>1214</v>
       </c>
       <c r="E476">
         <v>1</v>
       </c>
       <c r="F476">
-        <v>461.25</v>
+        <v>336.63</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
-        <v>1033</v>
+        <v>751</v>
       </c>
       <c r="B477" s="1">
-        <v>8007403166304</v>
+        <v>4211125318055</v>
       </c>
       <c r="C477" t="s">
-        <v>1034</v>
+        <v>752</v>
       </c>
       <c r="D477" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
       <c r="E477">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F477">
-        <v>336.63</v>
+        <v>488.9</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
-        <v>754</v>
+        <v>804</v>
       </c>
       <c r="B478" s="1">
-        <v>4211125318055</v>
+        <v>8007403166281</v>
       </c>
       <c r="C478" t="s">
-        <v>755</v>
+        <v>805</v>
       </c>
       <c r="D478" t="s">
-        <v>1218</v>
+        <v>1216</v>
       </c>
       <c r="E478">
         <v>0</v>
       </c>
       <c r="F478">
-        <v>488.9</v>
+        <v>109.99</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
-        <v>807</v>
+        <v>1109</v>
       </c>
       <c r="B479" s="1">
-        <v>8007403166281</v>
+        <v>8007403060152</v>
       </c>
       <c r="C479" t="s">
-        <v>808</v>
+        <v>1110</v>
       </c>
       <c r="D479" t="s">
-        <v>1219</v>
+        <v>1217</v>
       </c>
       <c r="E479">
         <v>0</v>
       </c>
       <c r="F479">
-        <v>109.99</v>
+        <v>507.13</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
-        <v>1112</v>
+        <v>1177</v>
       </c>
       <c r="B480" s="1">
-        <v>8007403060152</v>
+        <v>4211125276898</v>
       </c>
       <c r="C480" t="s">
-        <v>1113</v>
+        <v>1178</v>
       </c>
       <c r="D480" t="s">
-        <v>1220</v>
+        <v>1218</v>
       </c>
       <c r="E480">
         <v>0</v>
       </c>
       <c r="F480">
-        <v>507.13</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
-        <v>1180</v>
+        <v>1219</v>
       </c>
       <c r="B481" s="1">
-        <v>4211125276898</v>
+        <v>4211125225919</v>
       </c>
       <c r="C481" t="s">
-        <v>1181</v>
+        <v>1220</v>
       </c>
       <c r="D481" t="s">
         <v>1221</v>
       </c>
       <c r="E481">
         <v>0</v>
       </c>
       <c r="F481">
-        <v>0.0</v>
+        <v>318.52</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B482" s="1">
+        <v>4211125276898</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D482" t="s">
         <v>1222</v>
       </c>
-      <c r="B482" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E482">
         <v>0</v>
       </c>
       <c r="F482">
-        <v>318.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
-        <v>1180</v>
+        <v>1223</v>
       </c>
       <c r="B483" s="1">
-        <v>4211125276898</v>
+        <v>4211125213145</v>
       </c>
       <c r="C483" t="s">
-        <v>1181</v>
+        <v>1224</v>
       </c>
       <c r="D483" t="s">
         <v>1225</v>
       </c>
       <c r="E483">
         <v>0</v>
       </c>
       <c r="F483">
-        <v>0.0</v>
+        <v>189.99</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
+        <v>764</v>
+      </c>
+      <c r="B484" s="1">
+        <v>4211125362010</v>
+      </c>
+      <c r="C484" t="s">
+        <v>38</v>
+      </c>
+      <c r="D484" t="s">
         <v>1226</v>
       </c>
-      <c r="B484" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E484">
         <v>0</v>
       </c>
       <c r="F484">
-        <v>189.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
-        <v>767</v>
+        <v>1223</v>
       </c>
       <c r="B485" s="1">
-        <v>4211125362010</v>
+        <v>4211125213145</v>
       </c>
       <c r="C485" t="s">
-        <v>38</v>
+        <v>1224</v>
       </c>
       <c r="D485" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
       <c r="E485">
         <v>0</v>
       </c>
       <c r="F485">
-        <v>0.0</v>
+        <v>189.99</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
-        <v>1226</v>
+        <v>1092</v>
       </c>
       <c r="B486" s="1">
-        <v>4211125213145</v>
+        <v>4015588612329</v>
       </c>
       <c r="C486" t="s">
-        <v>1227</v>
+        <v>1093</v>
       </c>
       <c r="D486" t="s">
-        <v>1230</v>
+        <v>1228</v>
       </c>
       <c r="E486">
         <v>0</v>
       </c>
       <c r="F486">
-        <v>189.99</v>
+        <v>149.55</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
-        <v>1095</v>
+        <v>1229</v>
       </c>
       <c r="B487" s="1">
-        <v>4015588612329</v>
+        <v>4211125255022</v>
       </c>
       <c r="C487" t="s">
-        <v>1096</v>
+        <v>1230</v>
       </c>
       <c r="D487" t="s">
         <v>1231</v>
       </c>
       <c r="E487">
         <v>0</v>
       </c>
       <c r="F487">
-        <v>149.55</v>
+        <v>119.99</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B488" s="1">
+        <v>4211125276850</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D488" t="s">
         <v>1232</v>
       </c>
-      <c r="B488" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E488">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F488">
-        <v>119.99</v>
+        <v>139.64</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
-        <v>1169</v>
+        <v>1233</v>
       </c>
       <c r="B489" s="1">
-        <v>4211125276850</v>
+        <v>8712876020762</v>
       </c>
       <c r="C489" t="s">
-        <v>1170</v>
+        <v>1234</v>
       </c>
       <c r="D489" t="s">
         <v>1235</v>
       </c>
       <c r="E489">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F489">
-        <v>139.64</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B490" s="1">
+        <v>4211125431037</v>
+      </c>
+      <c r="C490" t="s">
+        <v>777</v>
+      </c>
+      <c r="D490" t="s">
         <v>1236</v>
       </c>
-      <c r="B490" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E490">
         <v>0</v>
       </c>
       <c r="F490">
-        <v>0.0</v>
+        <v>311.63</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
-        <v>1127</v>
+        <v>788</v>
       </c>
       <c r="B491" s="1">
-        <v>4211125431037</v>
+        <v>8007403166298</v>
       </c>
       <c r="C491" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="D491" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="E491">
         <v>0</v>
       </c>
       <c r="F491">
-        <v>311.63</v>
+        <v>180.51</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
-        <v>791</v>
+        <v>1238</v>
       </c>
       <c r="B492" s="1">
-        <v>8007403166298</v>
+        <v>4004128008630</v>
       </c>
       <c r="C492" t="s">
-        <v>792</v>
+        <v>1239</v>
       </c>
       <c r="D492" t="s">
         <v>1240</v>
       </c>
       <c r="E492">
         <v>0</v>
       </c>
       <c r="F492">
-        <v>180.51</v>
+        <v>42.08</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
+        <v>1166</v>
+      </c>
+      <c r="B493" s="1">
+        <v>4211125276850</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D493" t="s">
         <v>1241</v>
       </c>
-      <c r="B493" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E493">
         <v>0</v>
       </c>
       <c r="F493">
-        <v>42.08</v>
+        <v>139.64</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
-        <v>1169</v>
+        <v>1166</v>
       </c>
       <c r="B494" s="1">
         <v>4211125276850</v>
       </c>
       <c r="C494" t="s">
-        <v>1170</v>
+        <v>1167</v>
       </c>
       <c r="D494" t="s">
-        <v>1244</v>
+        <v>1242</v>
       </c>
       <c r="E494">
         <v>0</v>
       </c>
       <c r="F494">
         <v>139.64</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
-        <v>1169</v>
+        <v>1017</v>
       </c>
       <c r="B495" s="1">
-        <v>4211125276850</v>
+        <v>4015588611506</v>
       </c>
       <c r="C495" t="s">
-        <v>1170</v>
+        <v>1018</v>
       </c>
       <c r="D495" t="s">
-        <v>1245</v>
+        <v>1243</v>
       </c>
       <c r="E495">
         <v>0</v>
       </c>
       <c r="F495">
-        <v>139.64</v>
+        <v>16.57</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
-        <v>1020</v>
+        <v>1223</v>
       </c>
       <c r="B496" s="1">
-        <v>4015588611506</v>
+        <v>4211125213145</v>
       </c>
       <c r="C496" t="s">
-        <v>1021</v>
+        <v>1224</v>
       </c>
       <c r="D496" t="s">
-        <v>1246</v>
+        <v>1244</v>
       </c>
       <c r="E496">
         <v>0</v>
       </c>
       <c r="F496">
-        <v>16.57</v>
+        <v>189.99</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
-        <v>1226</v>
+        <v>115</v>
       </c>
       <c r="B497" s="1">
-        <v>4211125213145</v>
+        <v>4053757306433</v>
       </c>
       <c r="C497" t="s">
-        <v>1227</v>
+        <v>116</v>
       </c>
       <c r="D497" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="E497">
         <v>0</v>
       </c>
       <c r="F497">
-        <v>189.99</v>
+        <v>347.47</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
-        <v>115</v>
+        <v>1229</v>
       </c>
       <c r="B498" s="1">
-        <v>4053757306433</v>
+        <v>4211125255022</v>
       </c>
       <c r="C498" t="s">
-        <v>116</v>
+        <v>1230</v>
       </c>
       <c r="D498" t="s">
-        <v>1248</v>
+        <v>1246</v>
       </c>
       <c r="E498">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F498">
-        <v>347.47</v>
+        <v>119.99</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
-        <v>1232</v>
-[...2 lines deleted...]
-        <v>4211125255022</v>
+        <v>1248</v>
+      </c>
+      <c r="B499" s="1" t="s">
+        <v>1247</v>
       </c>
       <c r="C499" t="s">
-        <v>1233</v>
+        <v>1249</v>
       </c>
       <c r="D499" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="E499">
         <v>1</v>
       </c>
       <c r="F499">
-        <v>119.99</v>
+        <v>532.39</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
+        <v>115</v>
+      </c>
+      <c r="B500" s="1">
+        <v>4211125370008</v>
+      </c>
+      <c r="C500" t="s">
+        <v>116</v>
+      </c>
+      <c r="D500" t="s">
         <v>1251</v>
       </c>
-      <c r="B500" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E500">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F500">
-        <v>532.39</v>
+        <v>385.77</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
         <v>115</v>
       </c>
       <c r="B501" s="1">
         <v>4211125370008</v>
       </c>
       <c r="C501" t="s">
         <v>116</v>
       </c>
       <c r="D501" t="s">
-        <v>1254</v>
+        <v>1252</v>
       </c>
       <c r="E501">
         <v>0</v>
       </c>
       <c r="F501">
         <v>385.77</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
-        <v>115</v>
-[...3 lines deleted...]
-      </c>
+        <v>1253</v>
+      </c>
+      <c r="B502" s="1"/>
       <c r="C502" t="s">
-        <v>116</v>
+        <v>1254</v>
       </c>
       <c r="D502" t="s">
         <v>1255</v>
       </c>
       <c r="E502">
         <v>0</v>
       </c>
       <c r="F502">
-        <v>385.77</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
         <v>1256</v>
       </c>
-      <c r="B503" s="1"/>
+      <c r="B503" s="1">
+        <v>4002432116386</v>
+      </c>
       <c r="C503" t="s">
         <v>1257</v>
       </c>
       <c r="D503" t="s">
         <v>1258</v>
       </c>
       <c r="E503">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F503">
-        <v>169.0</v>
+        <v>337.95</v>
+      </c>
+      <c r="G503" t="s">
+        <v>1259</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="B504" s="1">
-        <v>4002432116386</v>
+        <v>5099206082793</v>
       </c>
       <c r="C504" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="D504" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="E504">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F504">
-        <v>337.95</v>
+        <v>313.81</v>
       </c>
       <c r="G504" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="B505" s="1">
-        <v>5099206082793</v>
+        <v>4977766790062</v>
       </c>
       <c r="C505" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="D505" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="E505">
         <v>0</v>
       </c>
       <c r="F505">
-        <v>313.81</v>
+        <v>215.03</v>
       </c>
       <c r="G505" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
-        <v>1267</v>
+        <v>835</v>
       </c>
       <c r="B506" s="1">
-        <v>4977766790062</v>
+        <v>8717496334701</v>
       </c>
       <c r="C506" t="s">
+        <v>836</v>
+      </c>
+      <c r="D506" t="s">
         <v>1268</v>
       </c>
-      <c r="D506" t="s">
+      <c r="E506">
+        <v>0</v>
+      </c>
+      <c r="F506">
+        <v>191.34</v>
+      </c>
+      <c r="G506" t="s">
         <v>1269</v>
-      </c>
-[...7 lines deleted...]
-        <v>1270</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
-        <v>838</v>
+        <v>1270</v>
       </c>
       <c r="B507" s="1">
-        <v>8717496334701</v>
+        <v>4002432129430</v>
       </c>
       <c r="C507" t="s">
-        <v>839</v>
+        <v>1271</v>
       </c>
       <c r="D507" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="E507">
         <v>0</v>
       </c>
       <c r="F507">
-        <v>191.34</v>
+        <v>186.82</v>
       </c>
       <c r="G507" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
-        <v>1273</v>
-[...2 lines deleted...]
-        <v>4002432129430</v>
+        <v>1275</v>
+      </c>
+      <c r="B508" s="1" t="s">
+        <v>1274</v>
       </c>
       <c r="C508" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="D508" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="E508">
         <v>0</v>
       </c>
       <c r="F508">
-        <v>186.82</v>
+        <v>165.44</v>
       </c>
       <c r="G508" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
-        <v>1278</v>
-[...2 lines deleted...]
-        <v>1277</v>
+        <v>1279</v>
+      </c>
+      <c r="B509" s="1">
+        <v>5038948015607</v>
       </c>
       <c r="C509" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="D509" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="E509">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F509">
-        <v>165.44</v>
+        <v>161.14</v>
       </c>
       <c r="G509" t="s">
-        <v>1281</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B510" s="1" t="s">
         <v>1282</v>
       </c>
-      <c r="B510" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C510" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="D510" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="E510">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F510">
-        <v>161.14</v>
+        <v>159.99</v>
       </c>
       <c r="G510" t="s">
-        <v>1270</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
         <v>1286</v>
       </c>
-      <c r="B511" s="1" t="s">
-        <v>1285</v>
+      <c r="B511" s="1">
+        <v>4977766771153</v>
       </c>
       <c r="C511" t="s">
         <v>1287</v>
       </c>
       <c r="D511" t="s">
         <v>1288</v>
       </c>
       <c r="E511">
         <v>0</v>
       </c>
       <c r="F511">
-        <v>159.99</v>
+        <v>156.18</v>
       </c>
       <c r="G511" t="s">
-        <v>1281</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B512" s="1" t="s">
         <v>1289</v>
       </c>
-      <c r="B512" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C512" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="D512" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="E512">
         <v>0</v>
       </c>
       <c r="F512">
-        <v>156.18</v>
+        <v>155.96</v>
       </c>
       <c r="G512" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
+        <v>664</v>
+      </c>
+      <c r="B513" s="1">
+        <v>4015588889394</v>
+      </c>
+      <c r="C513" t="s">
+        <v>665</v>
+      </c>
+      <c r="D513" t="s">
         <v>1293</v>
       </c>
-      <c r="B513" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E513">
         <v>0</v>
       </c>
       <c r="F513">
-        <v>155.96</v>
+        <v>155.9</v>
       </c>
       <c r="G513" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
-        <v>667</v>
+        <v>1294</v>
       </c>
       <c r="B514" s="1">
-        <v>4015588889394</v>
+        <v>4211125370015</v>
       </c>
       <c r="C514" t="s">
-        <v>668</v>
+        <v>1295</v>
       </c>
       <c r="D514" t="s">
         <v>1296</v>
       </c>
       <c r="E514">
         <v>0</v>
       </c>
       <c r="F514">
-        <v>155.9</v>
+        <v>149.99</v>
       </c>
       <c r="G514" t="s">
-        <v>1270</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
+        <v>659</v>
+      </c>
+      <c r="B515" s="1" t="s">
         <v>1297</v>
       </c>
-      <c r="B515" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C515" t="s">
+        <v>660</v>
+      </c>
+      <c r="D515" t="s">
         <v>1298</v>
       </c>
-      <c r="D515" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E515">
         <v>0</v>
       </c>
       <c r="F515">
-        <v>149.99</v>
+        <v>145.16</v>
       </c>
       <c r="G515" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
-        <v>663</v>
-[...1 lines deleted...]
-      <c r="B516" s="1" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B516" s="1">
+        <v>4251413814692</v>
+      </c>
+      <c r="C516" t="s">
         <v>1300</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
       <c r="D516" t="s">
         <v>1301</v>
       </c>
       <c r="E516">
         <v>0</v>
       </c>
       <c r="F516">
-        <v>145.16</v>
+        <v>130.46</v>
       </c>
       <c r="G516" t="s">
-        <v>1276</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
         <v>1302</v>
       </c>
       <c r="B517" s="1">
-        <v>4251413814692</v>
+        <v>4015588883880</v>
       </c>
       <c r="C517" t="s">
         <v>1303</v>
       </c>
       <c r="D517" t="s">
         <v>1304</v>
       </c>
       <c r="E517">
         <v>0</v>
       </c>
       <c r="F517">
-        <v>130.46</v>
+        <v>129.99</v>
       </c>
       <c r="G517" t="s">
-        <v>1262</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
-        <v>1305</v>
+        <v>678</v>
       </c>
       <c r="B518" s="1">
-        <v>4015588883880</v>
+        <v>8426680890694</v>
       </c>
       <c r="C518" t="s">
+        <v>679</v>
+      </c>
+      <c r="D518" t="s">
         <v>1306</v>
       </c>
-      <c r="D518" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E518">
         <v>0</v>
       </c>
       <c r="F518">
-        <v>129.99</v>
+        <v>128.03</v>
       </c>
       <c r="G518" t="s">
-        <v>1308</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
-        <v>681</v>
+        <v>1307</v>
       </c>
       <c r="B519" s="1">
-        <v>8426680890694</v>
+        <v>4004360825927</v>
       </c>
       <c r="C519" t="s">
-        <v>682</v>
+        <v>1308</v>
       </c>
       <c r="D519" t="s">
         <v>1309</v>
       </c>
       <c r="E519">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F519">
-        <v>128.03</v>
+        <v>121.34</v>
       </c>
       <c r="G519" t="s">
-        <v>1281</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
         <v>1310</v>
       </c>
       <c r="B520" s="1">
-        <v>4004360825927</v>
+        <v>8436036557423</v>
       </c>
       <c r="C520" t="s">
         <v>1311</v>
       </c>
       <c r="D520" t="s">
         <v>1312</v>
       </c>
       <c r="E520">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F520">
-        <v>121.34</v>
+        <v>115.95</v>
       </c>
       <c r="G520" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
+        <v>1314</v>
+      </c>
+      <c r="B521" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="B521" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C521" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="D521" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="E521">
         <v>0</v>
       </c>
       <c r="F521">
-        <v>115.95</v>
+        <v>111.89</v>
       </c>
       <c r="G521" t="s">
-        <v>1276</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
         <v>1317</v>
       </c>
-      <c r="B522" s="1" t="s">
-        <v>1316</v>
+      <c r="B522" s="1">
+        <v>4015588889301</v>
       </c>
       <c r="C522" t="s">
+        <v>12</v>
+      </c>
+      <c r="D522" t="s">
         <v>1318</v>
       </c>
-      <c r="D522" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E522">
         <v>0</v>
       </c>
       <c r="F522">
-        <v>111.89</v>
+        <v>109.99</v>
       </c>
       <c r="G522" t="s">
-        <v>1266</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
-        <v>1320</v>
+        <v>867</v>
       </c>
       <c r="B523" s="1">
-        <v>4015588889301</v>
+        <v>4030152028023</v>
       </c>
       <c r="C523" t="s">
-        <v>12</v>
+        <v>868</v>
       </c>
       <c r="D523" t="s">
-        <v>1321</v>
+        <v>1319</v>
       </c>
       <c r="E523">
         <v>0</v>
       </c>
       <c r="F523">
-        <v>109.99</v>
+        <v>106.18</v>
       </c>
       <c r="G523" t="s">
-        <v>1281</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
-        <v>870</v>
+        <v>1320</v>
       </c>
       <c r="B524" s="1">
-        <v>4030152028023</v>
+        <v>8436036555702</v>
       </c>
       <c r="C524" t="s">
-        <v>871</v>
+        <v>1321</v>
       </c>
       <c r="D524" t="s">
         <v>1322</v>
       </c>
       <c r="E524">
         <v>0</v>
       </c>
       <c r="F524">
-        <v>106.18</v>
+        <v>105.95</v>
       </c>
       <c r="G524" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
         <v>1323</v>
       </c>
       <c r="B525" s="1">
-        <v>8436036555702</v>
+        <v>4015588889707</v>
       </c>
       <c r="C525" t="s">
         <v>1324</v>
       </c>
       <c r="D525" t="s">
         <v>1325</v>
       </c>
       <c r="E525">
         <v>0</v>
       </c>
       <c r="F525">
-        <v>105.95</v>
+        <v>99.95</v>
       </c>
       <c r="G525" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
         <v>1326</v>
       </c>
       <c r="B526" s="1">
-        <v>4015588889707</v>
+        <v>4977766771221</v>
       </c>
       <c r="C526" t="s">
         <v>1327</v>
       </c>
       <c r="D526" t="s">
         <v>1328</v>
       </c>
       <c r="E526">
         <v>0</v>
       </c>
       <c r="F526">
-        <v>99.95</v>
+        <v>97.89</v>
       </c>
       <c r="G526" t="s">
-        <v>1276</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B527" s="1" t="s">
         <v>1329</v>
       </c>
-      <c r="B527" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C527" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="D527" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="E527">
         <v>0</v>
       </c>
       <c r="F527">
-        <v>97.89</v>
+        <v>94.97</v>
       </c>
       <c r="G527" t="s">
-        <v>1308</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
+        <v>889</v>
+      </c>
+      <c r="B528" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="C528" t="s">
+        <v>890</v>
+      </c>
+      <c r="D528" t="s">
         <v>1333</v>
       </c>
-      <c r="B528" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E528">
         <v>0</v>
       </c>
       <c r="F528">
-        <v>94.97</v>
+        <v>92.99</v>
       </c>
       <c r="G528" t="s">
-        <v>1266</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="C529" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="D529" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
       <c r="E529">
         <v>0</v>
       </c>
       <c r="F529">
         <v>92.99</v>
       </c>
       <c r="G529" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-        <v>891</v>
+        <v>878</v>
+      </c>
+      <c r="B530" s="1">
+        <v>4002432118939</v>
       </c>
       <c r="C530" t="s">
-        <v>893</v>
+        <v>879</v>
       </c>
       <c r="D530" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="E530">
         <v>0</v>
       </c>
       <c r="F530">
-        <v>92.99</v>
+        <v>89.99</v>
       </c>
       <c r="G530" t="s">
-        <v>1262</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
-        <v>881</v>
-[...2 lines deleted...]
-        <v>4002432118939</v>
+        <v>875</v>
+      </c>
+      <c r="B531" s="1" t="s">
+        <v>874</v>
       </c>
       <c r="C531" t="s">
-        <v>882</v>
+        <v>876</v>
       </c>
       <c r="D531" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="E531">
         <v>0</v>
       </c>
       <c r="F531">
-        <v>89.99</v>
+        <v>83.93</v>
       </c>
       <c r="G531" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
-        <v>878</v>
-[...2 lines deleted...]
-        <v>877</v>
+        <v>1337</v>
+      </c>
+      <c r="B532" s="1">
+        <v>8436584361213</v>
       </c>
       <c r="C532" t="s">
-        <v>879</v>
+        <v>1338</v>
       </c>
       <c r="D532" t="s">
         <v>1339</v>
       </c>
       <c r="E532">
         <v>0</v>
       </c>
       <c r="F532">
-        <v>83.93</v>
+        <v>80.38</v>
       </c>
       <c r="G532" t="s">
-        <v>1272</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
         <v>1340</v>
       </c>
       <c r="B533" s="1">
-        <v>8436584361213</v>
+        <v>6934177787867</v>
       </c>
       <c r="C533" t="s">
         <v>1341</v>
       </c>
       <c r="D533" t="s">
         <v>1342</v>
       </c>
       <c r="E533">
         <v>0</v>
       </c>
       <c r="F533">
-        <v>80.38</v>
+        <v>76.05</v>
       </c>
       <c r="G533" t="s">
-        <v>1270</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
+        <v>115</v>
+      </c>
+      <c r="B534" s="1">
+        <v>4053757306433</v>
+      </c>
+      <c r="C534" t="s">
+        <v>116</v>
+      </c>
+      <c r="D534" t="s">
         <v>1343</v>
       </c>
-      <c r="B534" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E534">
         <v>0</v>
       </c>
       <c r="F534">
-        <v>76.05</v>
+        <v>75.69</v>
       </c>
       <c r="G534" t="s">
-        <v>1266</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
-        <v>115</v>
-[...2 lines deleted...]
-        <v>4053757306433</v>
+        <v>1345</v>
+      </c>
+      <c r="B535" s="1" t="s">
+        <v>1344</v>
       </c>
       <c r="C535" t="s">
-        <v>116</v>
+        <v>1346</v>
       </c>
       <c r="D535" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="E535">
         <v>0</v>
       </c>
       <c r="F535">
-        <v>75.69</v>
+        <v>74.58</v>
       </c>
       <c r="G535" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
+        <v>911</v>
+      </c>
+      <c r="B536" s="1">
+        <v>8715946702711</v>
+      </c>
+      <c r="C536" t="s">
+        <v>912</v>
+      </c>
+      <c r="D536" t="s">
         <v>1348</v>
       </c>
-      <c r="B536" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E536">
         <v>0</v>
       </c>
       <c r="F536">
-        <v>74.58</v>
+        <v>74.51</v>
       </c>
       <c r="G536" t="s">
-        <v>1276</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-        <v>8715946702711</v>
+        <v>1349</v>
+      </c>
+      <c r="B537" s="1" t="s">
+        <v>29</v>
       </c>
       <c r="C537" t="s">
-        <v>915</v>
+        <v>31</v>
       </c>
       <c r="D537" t="s">
-        <v>1351</v>
+        <v>1350</v>
       </c>
       <c r="E537">
         <v>0</v>
       </c>
       <c r="F537">
-        <v>74.51</v>
+        <v>74.38</v>
       </c>
       <c r="G537" t="s">
-        <v>1270</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
-        <v>1352</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>870</v>
+      </c>
+      <c r="B538" s="1">
+        <v>4015588883774</v>
       </c>
       <c r="C538" t="s">
-        <v>31</v>
+        <v>871</v>
       </c>
       <c r="D538" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="E538">
         <v>0</v>
       </c>
       <c r="F538">
-        <v>74.38</v>
+        <v>69.99</v>
       </c>
       <c r="G538" t="s">
-        <v>1281</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
-        <v>873</v>
+        <v>693</v>
       </c>
       <c r="B539" s="1">
-        <v>4015588883774</v>
+        <v>4211125649319</v>
       </c>
       <c r="C539" t="s">
-        <v>874</v>
+        <v>694</v>
       </c>
       <c r="D539" t="s">
-        <v>1354</v>
+        <v>1352</v>
       </c>
       <c r="E539">
         <v>0</v>
       </c>
       <c r="F539">
         <v>69.99</v>
       </c>
       <c r="G539" t="s">
-        <v>1308</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>4211125649319</v>
+        <v>1354</v>
+      </c>
+      <c r="B540" s="1" t="s">
+        <v>1353</v>
       </c>
       <c r="C540" t="s">
-        <v>697</v>
+        <v>1355</v>
       </c>
       <c r="D540" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="E540">
         <v>0</v>
       </c>
       <c r="F540">
-        <v>69.99</v>
+        <v>69.89</v>
       </c>
       <c r="G540" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B541" s="1" t="s">
         <v>1357</v>
       </c>
-      <c r="B541" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C541" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="D541" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="E541">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F541">
-        <v>69.89</v>
+        <v>69.06</v>
       </c>
       <c r="G541" t="s">
-        <v>1270</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
         <v>1361</v>
       </c>
-      <c r="B542" s="1" t="s">
-        <v>1360</v>
+      <c r="B542" s="1">
+        <v>4549292165791</v>
       </c>
       <c r="C542" t="s">
         <v>1362</v>
       </c>
       <c r="D542" t="s">
         <v>1363</v>
       </c>
       <c r="E542">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F542">
-        <v>69.06</v>
+        <v>67.18</v>
       </c>
       <c r="G542" t="s">
-        <v>1272</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
         <v>1364</v>
       </c>
-      <c r="B543" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B543" s="1"/>
       <c r="C543" t="s">
         <v>1365</v>
       </c>
       <c r="D543" t="s">
         <v>1366</v>
       </c>
       <c r="E543">
         <v>0</v>
       </c>
       <c r="F543">
-        <v>67.18</v>
+        <v>62.5</v>
       </c>
       <c r="G543" t="s">
-        <v>1266</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
-        <v>1367</v>
-[...1 lines deleted...]
-      <c r="B544" s="1"/>
+        <v>1368</v>
+      </c>
+      <c r="B544" s="1">
+        <v>8715946666174</v>
+      </c>
       <c r="C544" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="D544" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="E544">
         <v>0</v>
       </c>
       <c r="F544">
-        <v>62.5</v>
+        <v>62.24</v>
       </c>
       <c r="G544" t="s">
-        <v>1370</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
+        <v>976</v>
+      </c>
+      <c r="B545" s="1" t="s">
+        <v>975</v>
+      </c>
+      <c r="C545" t="s">
+        <v>977</v>
+      </c>
+      <c r="D545" t="s">
         <v>1371</v>
       </c>
-      <c r="B545" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E545">
         <v>0</v>
       </c>
       <c r="F545">
-        <v>62.24</v>
+        <v>55.7</v>
       </c>
       <c r="G545" t="s">
-        <v>1266</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="B546" s="1" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="C546" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="D546" t="s">
-        <v>1374</v>
+        <v>1372</v>
       </c>
       <c r="E546">
         <v>0</v>
       </c>
       <c r="F546">
         <v>55.7</v>
       </c>
       <c r="G546" t="s">
-        <v>1281</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="B547" s="1" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="C547" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="D547" t="s">
-        <v>1375</v>
+        <v>1373</v>
       </c>
       <c r="E547">
         <v>0</v>
       </c>
       <c r="F547">
         <v>55.7</v>
       </c>
       <c r="G547" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>978</v>
+        <v>1073</v>
+      </c>
+      <c r="B548" s="1">
+        <v>4015588602283</v>
       </c>
       <c r="C548" t="s">
-        <v>980</v>
+        <v>1074</v>
       </c>
       <c r="D548" t="s">
-        <v>1376</v>
+        <v>1374</v>
       </c>
       <c r="E548">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F548">
-        <v>55.7</v>
+        <v>53.35</v>
       </c>
       <c r="G548" t="s">
-        <v>1276</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
-        <v>1076</v>
+        <v>1375</v>
       </c>
       <c r="B549" s="1">
-        <v>4015588602283</v>
+        <v>3130630507291</v>
       </c>
       <c r="C549" t="s">
-        <v>1077</v>
+        <v>1376</v>
       </c>
       <c r="D549" t="s">
         <v>1377</v>
       </c>
       <c r="E549">
         <v>1</v>
       </c>
       <c r="F549">
-        <v>53.35</v>
+        <v>51.97</v>
       </c>
       <c r="G549" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
         <v>1378</v>
       </c>
       <c r="B550" s="1">
-        <v>3130630507291</v>
+        <v>8423029035198</v>
       </c>
       <c r="C550" t="s">
         <v>1379</v>
       </c>
       <c r="D550" t="s">
         <v>1380</v>
       </c>
       <c r="E550">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F550">
-        <v>51.97</v>
+        <v>51.91</v>
       </c>
       <c r="G550" t="s">
-        <v>1266</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B551" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C551" t="s">
+        <v>85</v>
+      </c>
+      <c r="D551" t="s">
         <v>1381</v>
       </c>
-      <c r="B551" s="1">
-[...2 lines deleted...]
-      <c r="C551" t="s">
+      <c r="E551">
+        <v>0</v>
+      </c>
+      <c r="F551">
+        <v>50.8</v>
+      </c>
+      <c r="G551" t="s">
         <v>1382</v>
-      </c>
-[...10 lines deleted...]
-        <v>1262</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
       <c r="B552" s="1" t="s">
         <v>83</v>
       </c>
       <c r="C552" t="s">
         <v>85</v>
       </c>
       <c r="D552" t="s">
-        <v>1384</v>
+        <v>1383</v>
       </c>
       <c r="E552">
         <v>0</v>
       </c>
       <c r="F552">
         <v>50.8</v>
       </c>
       <c r="G552" t="s">
-        <v>1385</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
-        <v>1010</v>
+        <v>1386</v>
       </c>
       <c r="B553" s="1" t="s">
-        <v>83</v>
+        <v>1385</v>
       </c>
       <c r="C553" t="s">
-        <v>85</v>
+        <v>1387</v>
       </c>
       <c r="D553" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="E553">
         <v>0</v>
       </c>
       <c r="F553">
-        <v>50.8</v>
+        <v>50.53</v>
       </c>
       <c r="G553" t="s">
-        <v>1387</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
-        <v>1388</v>
-[...1 lines deleted...]
-      <c r="B554" s="1"/>
+        <v>949</v>
+      </c>
+      <c r="B554" s="1">
+        <v>8715946702780</v>
+      </c>
       <c r="C554" t="s">
+        <v>950</v>
+      </c>
+      <c r="D554" t="s">
         <v>1389</v>
       </c>
-      <c r="D554" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E554">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F554">
-        <v>50.63</v>
+        <v>49.99</v>
       </c>
       <c r="G554" t="s">
-        <v>1276</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
-        <v>1392</v>
+        <v>976</v>
       </c>
       <c r="B555" s="1" t="s">
-        <v>1391</v>
+        <v>975</v>
       </c>
       <c r="C555" t="s">
-        <v>1393</v>
+        <v>977</v>
       </c>
       <c r="D555" t="s">
-        <v>1394</v>
+        <v>1390</v>
       </c>
       <c r="E555">
         <v>0</v>
       </c>
       <c r="F555">
-        <v>50.53</v>
+        <v>47.97</v>
       </c>
       <c r="G555" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
-        <v>952</v>
-[...2 lines deleted...]
-        <v>8715946702780</v>
+        <v>976</v>
+      </c>
+      <c r="B556" s="1" t="s">
+        <v>975</v>
       </c>
       <c r="C556" t="s">
-        <v>953</v>
+        <v>977</v>
       </c>
       <c r="D556" t="s">
-        <v>1395</v>
+        <v>1391</v>
       </c>
       <c r="E556">
         <v>0</v>
       </c>
       <c r="F556">
-        <v>49.99</v>
+        <v>47.97</v>
       </c>
       <c r="G556" t="s">
-        <v>1266</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="B557" s="1" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="C557" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="D557" t="s">
-        <v>1396</v>
+        <v>1392</v>
       </c>
       <c r="E557">
         <v>0</v>
       </c>
       <c r="F557">
         <v>47.97</v>
       </c>
       <c r="G557" t="s">
-        <v>1270</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="B558" s="1" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="C558" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="D558" t="s">
-        <v>1397</v>
+        <v>1393</v>
       </c>
       <c r="E558">
         <v>0</v>
       </c>
       <c r="F558">
         <v>47.97</v>
       </c>
       <c r="G558" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="B559" s="1" t="s">
-        <v>978</v>
+        <v>975</v>
       </c>
       <c r="C559" t="s">
-        <v>980</v>
+        <v>977</v>
       </c>
       <c r="D559" t="s">
-        <v>1398</v>
+        <v>1394</v>
       </c>
       <c r="E559">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F559">
         <v>47.97</v>
       </c>
       <c r="G559" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>978</v>
+        <v>1395</v>
+      </c>
+      <c r="B560" s="1">
+        <v>5400392543898</v>
       </c>
       <c r="C560" t="s">
-        <v>980</v>
+        <v>1396</v>
       </c>
       <c r="D560" t="s">
-        <v>1399</v>
+        <v>1397</v>
       </c>
       <c r="E560">
         <v>0</v>
       </c>
       <c r="F560">
-        <v>47.97</v>
+        <v>45.99</v>
       </c>
       <c r="G560" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>978</v>
+        <v>1398</v>
+      </c>
+      <c r="B561" s="1">
+        <v>4015588602313</v>
       </c>
       <c r="C561" t="s">
-        <v>980</v>
+        <v>1399</v>
       </c>
       <c r="D561" t="s">
         <v>1400</v>
       </c>
       <c r="E561">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F561">
-        <v>47.97</v>
+        <v>45.5</v>
       </c>
       <c r="G561" t="s">
-        <v>1276</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
+        <v>713</v>
+      </c>
+      <c r="B562" s="1" t="s">
+        <v>992</v>
+      </c>
+      <c r="C562" t="s">
+        <v>714</v>
+      </c>
+      <c r="D562" t="s">
         <v>1401</v>
       </c>
-      <c r="B562" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E562">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F562">
-        <v>45.99</v>
+        <v>45.46</v>
       </c>
       <c r="G562" t="s">
-        <v>1281</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
-        <v>1404</v>
-[...2 lines deleted...]
-        <v>4015588602313</v>
+        <v>713</v>
+      </c>
+      <c r="B563" s="1" t="s">
+        <v>992</v>
       </c>
       <c r="C563" t="s">
-        <v>1405</v>
+        <v>714</v>
       </c>
       <c r="D563" t="s">
-        <v>1406</v>
+        <v>1402</v>
       </c>
       <c r="E563">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F563">
-        <v>45.5</v>
+        <v>45.46</v>
       </c>
       <c r="G563" t="s">
-        <v>1270</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>995</v>
+        <v>1223</v>
+      </c>
+      <c r="B564" s="1">
+        <v>4211125213145</v>
       </c>
       <c r="C564" t="s">
-        <v>717</v>
+        <v>1224</v>
       </c>
       <c r="D564" t="s">
-        <v>1407</v>
+        <v>1404</v>
       </c>
       <c r="E564">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F564">
-        <v>45.46</v>
+        <v>44.43</v>
       </c>
       <c r="G564" t="s">
-        <v>1370</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
-        <v>716</v>
-[...2 lines deleted...]
-        <v>995</v>
+        <v>1405</v>
+      </c>
+      <c r="B565" s="1">
+        <v>4015588602580</v>
       </c>
       <c r="C565" t="s">
-        <v>717</v>
+        <v>103</v>
       </c>
       <c r="D565" t="s">
-        <v>1408</v>
+        <v>1406</v>
       </c>
       <c r="E565">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F565">
-        <v>45.46</v>
+        <v>44.29</v>
       </c>
       <c r="G565" t="s">
-        <v>1409</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
-        <v>1226</v>
+        <v>1407</v>
       </c>
       <c r="B566" s="1">
-        <v>4211125213145</v>
+        <v>4211125956059</v>
       </c>
       <c r="C566" t="s">
-        <v>1227</v>
+        <v>1408</v>
       </c>
       <c r="D566" t="s">
-        <v>1410</v>
+        <v>1409</v>
       </c>
       <c r="E566">
         <v>0</v>
       </c>
       <c r="F566">
-        <v>44.43</v>
+        <v>42.99</v>
       </c>
       <c r="G566" t="s">
-        <v>1409</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B567" s="1">
+        <v>4014481243647</v>
+      </c>
+      <c r="C567" t="s">
         <v>1411</v>
-      </c>
-[...4 lines deleted...]
-        <v>103</v>
       </c>
       <c r="D567" t="s">
         <v>1412</v>
       </c>
       <c r="E567">
         <v>0</v>
       </c>
       <c r="F567">
-        <v>44.29</v>
+        <v>42.09</v>
       </c>
       <c r="G567" t="s">
-        <v>1387</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B568" s="1" t="s">
         <v>1413</v>
       </c>
-      <c r="B568" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C568" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="D568" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="E568">
         <v>0</v>
       </c>
       <c r="F568">
-        <v>42.99</v>
+        <v>41.99</v>
       </c>
       <c r="G568" t="s">
-        <v>1262</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="B569" s="1">
-        <v>4014481243647</v>
+        <v>5603750118022</v>
       </c>
       <c r="C569" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="D569" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="E569">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F569">
-        <v>42.09</v>
+        <v>40.29</v>
       </c>
       <c r="G569" t="s">
-        <v>1276</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
         <v>1420</v>
       </c>
-      <c r="B570" s="1" t="s">
-        <v>1419</v>
+      <c r="B570" s="1">
+        <v>5603750488842</v>
       </c>
       <c r="C570" t="s">
         <v>1421</v>
       </c>
       <c r="D570" t="s">
         <v>1422</v>
       </c>
       <c r="E570">
         <v>0</v>
       </c>
       <c r="F570">
-        <v>41.99</v>
+        <v>40.19</v>
       </c>
       <c r="G570" t="s">
-        <v>1370</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
         <v>1423</v>
       </c>
       <c r="B571" s="1">
-        <v>5603750118022</v>
+        <v>5901856407379</v>
       </c>
       <c r="C571" t="s">
         <v>1424</v>
       </c>
       <c r="D571" t="s">
         <v>1425</v>
       </c>
       <c r="E571">
         <v>1</v>
       </c>
       <c r="F571">
-        <v>40.29</v>
+        <v>38.6</v>
       </c>
       <c r="G571" t="s">
-        <v>1266</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
         <v>1426</v>
       </c>
       <c r="B572" s="1">
-        <v>5603750488842</v>
+        <v>3560239688464</v>
       </c>
       <c r="C572" t="s">
         <v>1427</v>
       </c>
       <c r="D572" t="s">
         <v>1428</v>
       </c>
       <c r="E572">
         <v>0</v>
       </c>
       <c r="F572">
-        <v>40.19</v>
+        <v>38.59</v>
       </c>
       <c r="G572" t="s">
-        <v>1276</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
         <v>1429</v>
       </c>
       <c r="B573" s="1">
-        <v>5901856407379</v>
+        <v>4007249505439</v>
       </c>
       <c r="C573" t="s">
         <v>1430</v>
       </c>
       <c r="D573" t="s">
         <v>1431</v>
       </c>
       <c r="E573">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F573">
-        <v>38.6</v>
+        <v>37.58</v>
       </c>
       <c r="G573" t="s">
-        <v>1281</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B574" s="1" t="s">
         <v>1432</v>
       </c>
-      <c r="B574" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C574" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="D574" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="E574">
         <v>0</v>
       </c>
       <c r="F574">
-        <v>38.59</v>
+        <v>37.54</v>
       </c>
       <c r="G574" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
-        <v>1435</v>
+        <v>1420</v>
       </c>
       <c r="B575" s="1">
-        <v>4007249505439</v>
+        <v>5603750488842</v>
       </c>
       <c r="C575" t="s">
+        <v>1421</v>
+      </c>
+      <c r="D575" t="s">
         <v>1436</v>
       </c>
-      <c r="D575" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E575">
         <v>0</v>
       </c>
       <c r="F575">
-        <v>37.58</v>
+        <v>36.99</v>
       </c>
       <c r="G575" t="s">
-        <v>1281</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B576" s="1">
+        <v>4015468121804</v>
+      </c>
+      <c r="C576" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D576" t="s">
         <v>1439</v>
       </c>
-      <c r="B576" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C576" t="s">
+      <c r="E576">
+        <v>0</v>
+      </c>
+      <c r="F576">
+        <v>36.88</v>
+      </c>
+      <c r="G576" t="s">
         <v>1440</v>
-      </c>
-[...10 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
-        <v>1426</v>
+        <v>1441</v>
       </c>
       <c r="B577" s="1">
-        <v>5603750488842</v>
+        <v>3760223830057</v>
       </c>
       <c r="C577" t="s">
-        <v>1427</v>
+        <v>1442</v>
       </c>
       <c r="D577" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="E577">
         <v>0</v>
       </c>
       <c r="F577">
-        <v>36.99</v>
+        <v>36.5</v>
       </c>
       <c r="G577" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
-        <v>1443</v>
-[...2 lines deleted...]
-        <v>4015468121804</v>
+        <v>1445</v>
+      </c>
+      <c r="B578" s="1" t="s">
+        <v>1444</v>
       </c>
       <c r="C578" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="D578" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="E578">
         <v>0</v>
       </c>
       <c r="F578">
-        <v>36.88</v>
+        <v>36.45</v>
       </c>
       <c r="G578" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="B579" s="1">
-        <v>3760223830057</v>
+        <v>5603750570103</v>
       </c>
       <c r="C579" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="D579" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="E579">
         <v>0</v>
       </c>
       <c r="F579">
-        <v>36.5</v>
+        <v>36.24</v>
       </c>
       <c r="G579" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" t="s">
-        <v>1451</v>
-[...2 lines deleted...]
-        <v>1450</v>
+        <v>1452</v>
+      </c>
+      <c r="B580" s="1">
+        <v>5099206092372</v>
       </c>
       <c r="C580" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="D580" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="E580">
         <v>0</v>
       </c>
       <c r="F580">
-        <v>36.45</v>
+        <v>35.98</v>
       </c>
       <c r="G580" t="s">
-        <v>1454</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B581" s="1">
+        <v>4211125215132</v>
+      </c>
+      <c r="C581" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D581" t="s">
         <v>1455</v>
       </c>
-      <c r="B581" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E581">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F581">
-        <v>36.24</v>
+        <v>34.99</v>
       </c>
       <c r="G581" t="s">
-        <v>1276</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
-        <v>1458</v>
+        <v>761</v>
       </c>
       <c r="B582" s="1">
-        <v>5099206092372</v>
+        <v>4015588612206</v>
       </c>
       <c r="C582" t="s">
-        <v>1459</v>
+        <v>762</v>
       </c>
       <c r="D582" t="s">
-        <v>1460</v>
+        <v>1456</v>
       </c>
       <c r="E582">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F582">
-        <v>35.98</v>
+        <v>32.99</v>
       </c>
       <c r="G582" t="s">
-        <v>1272</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" t="s">
-        <v>1158</v>
+        <v>1202</v>
       </c>
       <c r="B583" s="1">
-        <v>4211125215132</v>
+        <v>4015588611568</v>
       </c>
       <c r="C583" t="s">
-        <v>1159</v>
+        <v>1203</v>
       </c>
       <c r="D583" t="s">
-        <v>1461</v>
+        <v>1457</v>
       </c>
       <c r="E583">
         <v>1</v>
       </c>
       <c r="F583">
-        <v>34.99</v>
+        <v>32.99</v>
       </c>
       <c r="G583" t="s">
-        <v>1387</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" t="s">
-        <v>764</v>
+        <v>1202</v>
       </c>
       <c r="B584" s="1">
-        <v>4015588612206</v>
+        <v>4015588611568</v>
       </c>
       <c r="C584" t="s">
-        <v>765</v>
+        <v>1203</v>
       </c>
       <c r="D584" t="s">
-        <v>1462</v>
+        <v>1458</v>
       </c>
       <c r="E584">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F584">
         <v>32.99</v>
       </c>
       <c r="G584" t="s">
-        <v>1370</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" t="s">
-        <v>1205</v>
+        <v>1459</v>
       </c>
       <c r="B585" s="1">
-        <v>4015588611568</v>
+        <v>4211125632335</v>
       </c>
       <c r="C585" t="s">
-        <v>1206</v>
+        <v>94</v>
       </c>
       <c r="D585" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="E585">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F585">
         <v>32.99</v>
       </c>
       <c r="G585" t="s">
-        <v>1454</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" t="s">
-        <v>1205</v>
-[...2 lines deleted...]
-        <v>4015588611568</v>
+        <v>1462</v>
+      </c>
+      <c r="B586" s="1" t="s">
+        <v>1461</v>
       </c>
       <c r="C586" t="s">
-        <v>1206</v>
+        <v>1463</v>
       </c>
       <c r="D586" t="s">
         <v>1464</v>
       </c>
       <c r="E586">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F586">
-        <v>32.99</v>
+        <v>32.9</v>
       </c>
       <c r="G586" t="s">
-        <v>1446</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B587" s="1" t="s">
         <v>1465</v>
       </c>
-      <c r="B587" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C587" t="s">
-        <v>94</v>
+        <v>1467</v>
       </c>
       <c r="D587" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="E587">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F587">
-        <v>32.99</v>
+        <v>31.16</v>
       </c>
       <c r="G587" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" t="s">
-        <v>1468</v>
-[...2 lines deleted...]
-        <v>1467</v>
+        <v>1469</v>
+      </c>
+      <c r="B588" s="1">
+        <v>5028318211494</v>
       </c>
       <c r="C588" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="D588" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="E588">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F588">
-        <v>32.9</v>
+        <v>30.59</v>
       </c>
       <c r="G588" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B589" s="1">
+        <v>4015588611506</v>
+      </c>
+      <c r="C589" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D589" t="s">
         <v>1472</v>
-      </c>
-[...7 lines deleted...]
-        <v>1474</v>
       </c>
       <c r="E589">
         <v>1</v>
       </c>
       <c r="F589">
-        <v>31.16</v>
+        <v>29.99</v>
       </c>
       <c r="G589" t="s">
-        <v>1272</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" t="s">
-        <v>1475</v>
+        <v>1166</v>
       </c>
       <c r="B590" s="1">
-        <v>5028318211494</v>
+        <v>4211125276850</v>
       </c>
       <c r="C590" t="s">
-        <v>1476</v>
+        <v>1167</v>
       </c>
       <c r="D590" t="s">
-        <v>1477</v>
+        <v>1473</v>
       </c>
       <c r="E590">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F590">
-        <v>30.59</v>
+        <v>29.99</v>
       </c>
       <c r="G590" t="s">
-        <v>1276</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
-        <v>1020</v>
+        <v>1017</v>
       </c>
       <c r="B591" s="1">
         <v>4015588611506</v>
       </c>
       <c r="C591" t="s">
-        <v>1021</v>
+        <v>1018</v>
       </c>
       <c r="D591" t="s">
-        <v>1478</v>
+        <v>1475</v>
       </c>
       <c r="E591">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F591">
         <v>29.99</v>
       </c>
       <c r="G591" t="s">
-        <v>1370</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
-        <v>1169</v>
+        <v>994</v>
       </c>
       <c r="B592" s="1">
-        <v>4211125276850</v>
+        <v>4015588404627</v>
       </c>
       <c r="C592" t="s">
-        <v>1170</v>
+        <v>995</v>
       </c>
       <c r="D592" t="s">
-        <v>1479</v>
+        <v>1476</v>
       </c>
       <c r="E592">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F592">
         <v>29.99</v>
       </c>
       <c r="G592" t="s">
-        <v>1480</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
-        <v>1020</v>
+        <v>1477</v>
       </c>
       <c r="B593" s="1">
-        <v>4015588611506</v>
+        <v>5032608377586</v>
       </c>
       <c r="C593" t="s">
-        <v>1021</v>
+        <v>1478</v>
       </c>
       <c r="D593" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="E593">
         <v>0</v>
       </c>
       <c r="F593">
         <v>29.99</v>
       </c>
       <c r="G593" t="s">
-        <v>1409</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
-        <v>997</v>
+        <v>1089</v>
       </c>
       <c r="B594" s="1">
-        <v>4015588404627</v>
+        <v>4211125303006</v>
       </c>
       <c r="C594" t="s">
-        <v>998</v>
+        <v>1090</v>
       </c>
       <c r="D594" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
       <c r="E594">
         <v>0</v>
       </c>
       <c r="F594">
         <v>29.99</v>
       </c>
       <c r="G594" t="s">
-        <v>1266</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B595" s="1">
+        <v>4015468115124</v>
+      </c>
+      <c r="C595" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D595" t="s">
         <v>1483</v>
-      </c>
-[...7 lines deleted...]
-        <v>1485</v>
       </c>
       <c r="E595">
         <v>0</v>
       </c>
       <c r="F595">
         <v>29.99</v>
       </c>
       <c r="G595" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
-        <v>1092</v>
+        <v>1484</v>
       </c>
       <c r="B596" s="1">
-        <v>4211125303006</v>
+        <v>5052461192140</v>
       </c>
       <c r="C596" t="s">
-        <v>1093</v>
+        <v>1485</v>
       </c>
       <c r="D596" t="s">
         <v>1486</v>
       </c>
       <c r="E596">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F596">
-        <v>29.99</v>
+        <v>29.79</v>
       </c>
       <c r="G596" t="s">
-        <v>1387</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B597" s="1" t="s">
         <v>1487</v>
       </c>
-      <c r="B597" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C597" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="D597" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="E597">
         <v>0</v>
       </c>
       <c r="F597">
-        <v>29.99</v>
+        <v>29.58</v>
       </c>
       <c r="G597" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" t="s">
-        <v>1490</v>
+        <v>757</v>
       </c>
       <c r="B598" s="1">
-        <v>5052461192140</v>
+        <v>4015588891007</v>
       </c>
       <c r="C598" t="s">
+        <v>758</v>
+      </c>
+      <c r="D598" t="s">
         <v>1491</v>
-      </c>
-[...1 lines deleted...]
-        <v>1492</v>
       </c>
       <c r="E598">
         <v>1</v>
       </c>
       <c r="F598">
-        <v>29.79</v>
+        <v>28.99</v>
       </c>
       <c r="G598" t="s">
-        <v>1266</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B599" s="1">
+        <v>3760223833003</v>
+      </c>
+      <c r="C599" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D599" t="s">
         <v>1494</v>
       </c>
-      <c r="B599" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E599">
         <v>0</v>
       </c>
       <c r="F599">
-        <v>29.58</v>
+        <v>28.5</v>
       </c>
       <c r="G599" t="s">
-        <v>1272</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" t="s">
-        <v>760</v>
+        <v>1495</v>
       </c>
       <c r="B600" s="1">
-        <v>4015588891007</v>
+        <v>4012473145054</v>
       </c>
       <c r="C600" t="s">
-        <v>761</v>
+        <v>1496</v>
       </c>
       <c r="D600" t="s">
         <v>1497</v>
       </c>
       <c r="E600">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F600">
-        <v>28.99</v>
+        <v>27.17</v>
       </c>
       <c r="G600" t="s">
-        <v>1370</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" t="s">
         <v>1498</v>
       </c>
       <c r="B601" s="1">
-        <v>3760223833003</v>
+        <v>5603750480266</v>
       </c>
       <c r="C601" t="s">
         <v>1499</v>
       </c>
       <c r="D601" t="s">
         <v>1500</v>
       </c>
       <c r="E601">
         <v>0</v>
       </c>
       <c r="F601">
-        <v>28.5</v>
+        <v>25.29</v>
       </c>
       <c r="G601" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" t="s">
         <v>1501</v>
       </c>
       <c r="B602" s="1">
-        <v>4012473145054</v>
+        <v>4012473145016</v>
       </c>
       <c r="C602" t="s">
         <v>1502</v>
       </c>
       <c r="D602" t="s">
         <v>1503</v>
       </c>
       <c r="E602">
         <v>0</v>
       </c>
       <c r="F602">
-        <v>27.17</v>
+        <v>24.62</v>
       </c>
       <c r="G602" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" t="s">
         <v>1504</v>
       </c>
       <c r="B603" s="1">
-        <v>5603750480266</v>
+        <v>5907627399102</v>
       </c>
       <c r="C603" t="s">
         <v>1505</v>
       </c>
       <c r="D603" t="s">
         <v>1506</v>
       </c>
       <c r="E603">
         <v>0</v>
       </c>
       <c r="F603">
-        <v>25.29</v>
+        <v>22.68</v>
       </c>
       <c r="G603" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B604" s="1" t="s">
         <v>1507</v>
       </c>
-      <c r="B604" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C604" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="D604" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="E604">
         <v>0</v>
       </c>
       <c r="F604">
-        <v>24.62</v>
+        <v>22.06</v>
       </c>
       <c r="G604" t="s">
-        <v>1272</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" t="s">
-        <v>1510</v>
+        <v>719</v>
       </c>
       <c r="B605" s="1">
-        <v>5907627399102</v>
+        <v>4007249505415</v>
       </c>
       <c r="C605" t="s">
+        <v>720</v>
+      </c>
+      <c r="D605" t="s">
         <v>1511</v>
       </c>
-      <c r="D605" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E605">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F605">
-        <v>22.68</v>
+        <v>22.0</v>
       </c>
       <c r="G605" t="s">
-        <v>1270</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" t="s">
-        <v>1514</v>
-[...2 lines deleted...]
-        <v>1513</v>
+        <v>757</v>
+      </c>
+      <c r="B606" s="1">
+        <v>4015588891007</v>
       </c>
       <c r="C606" t="s">
-        <v>1515</v>
+        <v>758</v>
       </c>
       <c r="D606" t="s">
-        <v>1516</v>
+        <v>1512</v>
       </c>
       <c r="E606">
         <v>0</v>
       </c>
       <c r="F606">
-        <v>22.06</v>
+        <v>19.99</v>
       </c>
       <c r="G606" t="s">
-        <v>1266</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" t="s">
-        <v>722</v>
+        <v>757</v>
       </c>
       <c r="B607" s="1">
-        <v>4007249505415</v>
+        <v>4015588891007</v>
       </c>
       <c r="C607" t="s">
-        <v>723</v>
+        <v>758</v>
       </c>
       <c r="D607" t="s">
-        <v>1517</v>
+        <v>1513</v>
       </c>
       <c r="E607">
         <v>1</v>
       </c>
       <c r="F607">
-        <v>22.0</v>
+        <v>19.99</v>
       </c>
       <c r="G607" t="s">
-        <v>1387</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="B608" s="1">
         <v>4015588891007</v>
       </c>
       <c r="C608" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="D608" t="s">
-        <v>1518</v>
+        <v>1514</v>
       </c>
       <c r="E608">
         <v>0</v>
       </c>
       <c r="F608">
         <v>19.99</v>
       </c>
       <c r="G608" t="s">
-        <v>1454</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>4015588891007</v>
+        <v>1516</v>
+      </c>
+      <c r="B609" s="1" t="s">
+        <v>1515</v>
       </c>
       <c r="C609" t="s">
-        <v>761</v>
+        <v>1517</v>
       </c>
       <c r="D609" t="s">
-        <v>1519</v>
+        <v>1518</v>
       </c>
       <c r="E609">
         <v>1</v>
       </c>
       <c r="F609">
-        <v>19.99</v>
+        <v>19.46</v>
       </c>
       <c r="G609" t="s">
-        <v>1385</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" t="s">
-        <v>760</v>
+        <v>1519</v>
       </c>
       <c r="B610" s="1">
-        <v>4015588891007</v>
+        <v>5400882025729</v>
       </c>
       <c r="C610" t="s">
-        <v>761</v>
+        <v>1520</v>
       </c>
       <c r="D610" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="E610">
         <v>0</v>
       </c>
       <c r="F610">
-        <v>19.99</v>
+        <v>18.75</v>
       </c>
       <c r="G610" t="s">
-        <v>1385</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B611" s="1">
+        <v>8711292031680</v>
+      </c>
+      <c r="C611" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D611" t="s">
         <v>1522</v>
       </c>
-      <c r="B611" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E611">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F611">
-        <v>19.46</v>
+        <v>17.5</v>
       </c>
       <c r="G611" t="s">
-        <v>1276</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B612" s="1">
+        <v>9010582003130</v>
+      </c>
+      <c r="C612" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D612" t="s">
         <v>1525</v>
       </c>
-      <c r="B612" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E612">
         <v>0</v>
       </c>
       <c r="F612">
-        <v>18.75</v>
+        <v>13.53</v>
       </c>
       <c r="G612" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" t="s">
-        <v>1014</v>
-[...3 lines deleted...]
-      </c>
+        <v>1526</v>
+      </c>
+      <c r="B613" s="1"/>
       <c r="C613" t="s">
-        <v>1015</v>
+        <v>1527</v>
       </c>
       <c r="D613" t="s">
         <v>1528</v>
       </c>
       <c r="E613">
         <v>0</v>
       </c>
       <c r="F613">
-        <v>17.5</v>
-[...2 lines deleted...]
-        <v>1446</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" t="s">
         <v>1529</v>
       </c>
       <c r="B614" s="1">
-        <v>9010582003130</v>
+        <v>8715946684109</v>
       </c>
       <c r="C614" t="s">
         <v>1530</v>
       </c>
       <c r="D614" t="s">
         <v>1531</v>
       </c>
       <c r="E614">
         <v>0</v>
       </c>
       <c r="F614">
-        <v>13.53</v>
-[...2 lines deleted...]
-        <v>1272</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" t="s">
         <v>1532</v>
       </c>
-      <c r="B615" s="1"/>
+      <c r="B615" s="1">
+        <v>8715946701974</v>
+      </c>
       <c r="C615" t="s">
         <v>1533</v>
       </c>
       <c r="D615" t="s">
         <v>1534</v>
       </c>
       <c r="E615">
         <v>0</v>
       </c>
       <c r="F615">
-        <v>0.0</v>
+        <v>486.46</v>
       </c>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B616" s="1">
+        <v>4211125632335</v>
+      </c>
+      <c r="C616" t="s">
+        <v>94</v>
+      </c>
+      <c r="D616" t="s">
         <v>1535</v>
       </c>
-      <c r="B616" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E616">
         <v>0</v>
       </c>
       <c r="F616">
-        <v>0.0</v>
+        <v>151.85</v>
       </c>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B617" s="1">
+        <v>5010993734306</v>
+      </c>
+      <c r="C617" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D617" t="s">
         <v>1538</v>
       </c>
-      <c r="B617" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E617">
         <v>0</v>
       </c>
       <c r="F617">
-        <v>486.46</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" t="s">
-        <v>1465</v>
+        <v>1539</v>
       </c>
       <c r="B618" s="1">
-        <v>4211125632335</v>
+        <v>8715946698595</v>
       </c>
       <c r="C618" t="s">
-        <v>94</v>
+        <v>1540</v>
       </c>
       <c r="D618" t="s">
         <v>1541</v>
       </c>
       <c r="E618">
         <v>0</v>
       </c>
       <c r="F618">
-        <v>151.85</v>
+        <v>464.99</v>
       </c>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" t="s">
         <v>1542</v>
       </c>
       <c r="B619" s="1">
-        <v>5010993734306</v>
+        <v>195161617973</v>
       </c>
       <c r="C619" t="s">
+        <v>977</v>
+      </c>
+      <c r="D619" t="s">
         <v>1543</v>
-      </c>
-[...1 lines deleted...]
-        <v>1544</v>
       </c>
       <c r="E619">
         <v>0</v>
       </c>
       <c r="F619">
         <v>0.0</v>
       </c>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B620" s="1">
+        <v>4549292118971</v>
+      </c>
+      <c r="C620" t="s">
         <v>1545</v>
       </c>
-      <c r="B620" s="1">
-[...2 lines deleted...]
-      <c r="C620" t="s">
+      <c r="D620" t="s">
         <v>1546</v>
       </c>
-      <c r="D620" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E620">
         <v>0</v>
       </c>
       <c r="F620">
-        <v>464.99</v>
+        <v>410.99</v>
       </c>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" t="s">
-        <v>1548</v>
+        <v>939</v>
       </c>
       <c r="B621" s="1">
-        <v>195161617973</v>
+        <v>4549292185638</v>
       </c>
       <c r="C621" t="s">
-        <v>980</v>
+        <v>940</v>
       </c>
       <c r="D621" t="s">
-        <v>1549</v>
+        <v>1547</v>
       </c>
       <c r="E621">
         <v>0</v>
       </c>
       <c r="F621">
-        <v>0.0</v>
+        <v>318.99</v>
       </c>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B622" s="1">
+        <v>8715946517087</v>
+      </c>
+      <c r="C622" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D622" t="s">
         <v>1550</v>
       </c>
-      <c r="B622" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E622">
         <v>0</v>
       </c>
       <c r="F622">
-        <v>410.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" t="s">
-        <v>942</v>
+        <v>1551</v>
       </c>
       <c r="B623" s="1">
-        <v>4549292185638</v>
+        <v>4017807383737</v>
       </c>
       <c r="C623" t="s">
-        <v>943</v>
+        <v>1552</v>
       </c>
       <c r="D623" t="s">
         <v>1553</v>
       </c>
       <c r="E623">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F623">
-        <v>318.99</v>
+        <v>344.98</v>
       </c>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" t="s">
         <v>1554</v>
       </c>
-      <c r="B624" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B624" s="1"/>
       <c r="C624" t="s">
         <v>1555</v>
       </c>
       <c r="D624" t="s">
         <v>1556</v>
       </c>
       <c r="E624">
         <v>0</v>
       </c>
       <c r="F624">
         <v>0.0</v>
       </c>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B625" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="C625" t="s">
+        <v>85</v>
+      </c>
+      <c r="D625" t="s">
         <v>1557</v>
       </c>
-      <c r="B625" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E625">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F625">
-        <v>344.98</v>
+        <v>41.19</v>
       </c>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" t="s">
-        <v>1560</v>
-[...1 lines deleted...]
-      <c r="B626" s="1"/>
+        <v>1007</v>
+      </c>
+      <c r="B626" s="1" t="s">
+        <v>83</v>
+      </c>
       <c r="C626" t="s">
-        <v>1561</v>
+        <v>85</v>
       </c>
       <c r="D626" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
       <c r="E626">
         <v>0</v>
       </c>
       <c r="F626">
-        <v>0.0</v>
+        <v>41.19</v>
       </c>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>1559</v>
+      </c>
+      <c r="B627" s="1">
+        <v>841710147902</v>
       </c>
       <c r="C627" t="s">
-        <v>85</v>
+        <v>714</v>
       </c>
       <c r="D627" t="s">
-        <v>1563</v>
+        <v>1560</v>
       </c>
       <c r="E627">
         <v>0</v>
       </c>
       <c r="F627">
-        <v>41.19</v>
+        <v>229.99</v>
       </c>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>1177</v>
+      </c>
+      <c r="B628" s="1">
+        <v>4211125276898</v>
       </c>
       <c r="C628" t="s">
-        <v>85</v>
+        <v>1178</v>
       </c>
       <c r="D628" t="s">
-        <v>1564</v>
+        <v>1561</v>
       </c>
       <c r="E628">
         <v>0</v>
       </c>
       <c r="F628">
-        <v>41.19</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" t="s">
-        <v>1565</v>
+        <v>737</v>
       </c>
       <c r="B629" s="1">
-        <v>841710147902</v>
+        <v>4211125274061</v>
       </c>
       <c r="C629" t="s">
-        <v>717</v>
+        <v>738</v>
       </c>
       <c r="D629" t="s">
-        <v>1566</v>
+        <v>1562</v>
       </c>
       <c r="E629">
         <v>0</v>
       </c>
       <c r="F629">
-        <v>229.99</v>
+        <v>143.12</v>
       </c>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" t="s">
-        <v>1180</v>
+        <v>1160</v>
       </c>
       <c r="B630" s="1">
-        <v>4211125276898</v>
+        <v>4211125275013</v>
       </c>
       <c r="C630" t="s">
-        <v>1181</v>
+        <v>1161</v>
       </c>
       <c r="D630" t="s">
-        <v>1567</v>
+        <v>1563</v>
       </c>
       <c r="E630">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F630">
-        <v>0.0</v>
+        <v>208.74</v>
       </c>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" t="s">
-        <v>740</v>
+        <v>1564</v>
       </c>
       <c r="B631" s="1">
-        <v>4211125274061</v>
+        <v>4015588602191</v>
       </c>
       <c r="C631" t="s">
-        <v>741</v>
+        <v>1565</v>
       </c>
       <c r="D631" t="s">
-        <v>1568</v>
+        <v>1566</v>
       </c>
       <c r="E631">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F631">
-        <v>143.12</v>
+        <v>344.89</v>
       </c>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" t="s">
-        <v>1163</v>
+        <v>1567</v>
       </c>
       <c r="B632" s="1">
-        <v>4211125275013</v>
+        <v>8715946664781</v>
       </c>
       <c r="C632" t="s">
-        <v>1164</v>
+        <v>1568</v>
       </c>
       <c r="D632" t="s">
         <v>1569</v>
       </c>
       <c r="E632">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F632">
-        <v>208.74</v>
+        <v>374.47</v>
       </c>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" t="s">
         <v>1570</v>
       </c>
       <c r="B633" s="1">
-        <v>4015588602191</v>
+        <v>8715946651866</v>
       </c>
       <c r="C633" t="s">
         <v>1571</v>
       </c>
       <c r="D633" t="s">
         <v>1572</v>
       </c>
       <c r="E633">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F633">
-        <v>344.89</v>
+        <v>872.99</v>
       </c>
     </row>
     <row r="634" spans="1:7">
-      <c r="A634" t="s">
+      <c r="B634" s="1">
+        <v>841710153422</v>
+      </c>
+      <c r="C634" t="s">
+        <v>85</v>
+      </c>
+      <c r="D634" t="s">
         <v>1573</v>
       </c>
-      <c r="B634" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E634">
         <v>0</v>
       </c>
       <c r="F634">
-        <v>374.47</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B635" s="1"/>
+      <c r="C635" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D635" t="s">
         <v>1576</v>
       </c>
-      <c r="B635" s="1">
-[...2 lines deleted...]
-      <c r="C635" t="s">
+      <c r="E635">
+        <v>0</v>
+      </c>
+      <c r="F635">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="636" spans="1:7">
+      <c r="B636" s="1"/>
+      <c r="C636" t="s">
         <v>1577</v>
       </c>
-      <c r="D635" t="s">
+      <c r="D636" t="s">
         <v>1578</v>
       </c>
-      <c r="E635">
-[...15 lines deleted...]
-      </c>
       <c r="E636">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F636">
         <v>0.0</v>
       </c>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B637" s="1">
+        <v>195161624919</v>
+      </c>
+      <c r="C637" t="s">
         <v>1580</v>
       </c>
-      <c r="B637" s="1"/>
-      <c r="C637" t="s">
+      <c r="D637" t="s">
         <v>1581</v>
-      </c>
-[...1 lines deleted...]
-        <v>1582</v>
       </c>
       <c r="E637">
         <v>0</v>
       </c>
       <c r="F637">
         <v>0.0</v>
       </c>
     </row>
     <row r="638" spans="1:7">
-      <c r="B638" s="1"/>
+      <c r="A638" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B638" s="1">
+        <v>4211125431051</v>
+      </c>
       <c r="C638" t="s">
-        <v>1583</v>
+        <v>17</v>
       </c>
       <c r="D638" t="s">
-        <v>1584</v>
+        <v>1582</v>
       </c>
       <c r="E638">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F638">
-        <v>0.0</v>
+        <v>431.17</v>
       </c>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" t="s">
-        <v>1585</v>
+        <v>1160</v>
       </c>
       <c r="B639" s="1">
-        <v>195161624919</v>
+        <v>4211125275013</v>
       </c>
       <c r="C639" t="s">
-        <v>1586</v>
+        <v>1161</v>
       </c>
       <c r="D639" t="s">
-        <v>1587</v>
+        <v>1583</v>
       </c>
       <c r="E639">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F639">
-        <v>0.0</v>
+        <v>208.74</v>
       </c>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" t="s">
-        <v>1037</v>
+        <v>799</v>
       </c>
       <c r="B640" s="1">
-        <v>4211125431051</v>
+        <v>4211125421069</v>
       </c>
       <c r="C640" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
       <c r="D640" t="s">
-        <v>1588</v>
+        <v>1584</v>
       </c>
       <c r="E640">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F640">
-        <v>431.17</v>
+        <v>232.35</v>
       </c>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" t="s">
-        <v>1163</v>
+        <v>1585</v>
       </c>
       <c r="B641" s="1">
-        <v>4211125275013</v>
+        <v>4004128019872</v>
       </c>
       <c r="C641" t="s">
-        <v>1164</v>
+        <v>1586</v>
       </c>
       <c r="D641" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="E641">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F641">
-        <v>208.74</v>
+        <v>309.45</v>
       </c>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" t="s">
-        <v>802</v>
+        <v>1007</v>
       </c>
       <c r="B642" s="1">
-        <v>4211125421069</v>
+        <v>841710153422</v>
       </c>
       <c r="C642" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="D642" t="s">
-        <v>1590</v>
+        <v>1588</v>
       </c>
       <c r="E642">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F642">
-        <v>232.35</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B643" s="1">
+        <v>8436584361442</v>
+      </c>
+      <c r="C643" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D643" t="s">
         <v>1591</v>
       </c>
-      <c r="B643" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E643">
         <v>0</v>
       </c>
       <c r="F643">
-        <v>309.45</v>
+        <v>59.23</v>
       </c>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" t="s">
-        <v>1010</v>
+        <v>757</v>
       </c>
       <c r="B644" s="1">
-        <v>841710153422</v>
+        <v>4015588602177</v>
       </c>
       <c r="C644" t="s">
-        <v>85</v>
+        <v>758</v>
       </c>
       <c r="D644" t="s">
-        <v>1594</v>
+        <v>1592</v>
       </c>
       <c r="E644">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F644">
-        <v>0.0</v>
+        <v>112.67</v>
       </c>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" t="s">
-        <v>1595</v>
+        <v>757</v>
       </c>
       <c r="B645" s="1">
-        <v>8436584361442</v>
+        <v>4015588602177</v>
       </c>
       <c r="C645" t="s">
-        <v>1596</v>
+        <v>758</v>
       </c>
       <c r="D645" t="s">
-        <v>1597</v>
+        <v>1593</v>
       </c>
       <c r="E645">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F645">
-        <v>59.23</v>
+        <v>112.67</v>
       </c>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" t="s">
-        <v>760</v>
+        <v>751</v>
       </c>
       <c r="B646" s="1">
-        <v>4015588602177</v>
+        <v>4211125318055</v>
       </c>
       <c r="C646" t="s">
-        <v>761</v>
+        <v>752</v>
       </c>
       <c r="D646" t="s">
-        <v>1598</v>
+        <v>1594</v>
       </c>
       <c r="E646">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F646">
-        <v>112.67</v>
+        <v>488.9</v>
       </c>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" t="s">
-        <v>760</v>
+        <v>1595</v>
       </c>
       <c r="B647" s="1">
-        <v>4015588602177</v>
+        <v>3168430339958</v>
       </c>
       <c r="C647" t="s">
-        <v>761</v>
+        <v>1596</v>
       </c>
       <c r="D647" t="s">
-        <v>1599</v>
+        <v>1597</v>
       </c>
       <c r="E647">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F647">
-        <v>112.67</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="B648" s="1">
         <v>4211125318055</v>
       </c>
       <c r="C648" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D648" t="s">
-        <v>1600</v>
+        <v>1598</v>
       </c>
       <c r="E648">
         <v>0</v>
       </c>
       <c r="F648">
         <v>488.9</v>
       </c>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" t="s">
-        <v>1601</v>
+        <v>1049</v>
       </c>
       <c r="B649" s="1">
-        <v>3168430339958</v>
+        <v>4211125304065</v>
       </c>
       <c r="C649" t="s">
-        <v>1602</v>
+        <v>1050</v>
       </c>
       <c r="D649" t="s">
-        <v>1603</v>
+        <v>1599</v>
       </c>
       <c r="E649">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F649">
         <v>0.0</v>
       </c>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" t="s">
-        <v>754</v>
+        <v>769</v>
       </c>
       <c r="B650" s="1">
-        <v>4211125318055</v>
+        <v>4211125360023</v>
       </c>
       <c r="C650" t="s">
-        <v>755</v>
+        <v>770</v>
       </c>
       <c r="D650" t="s">
-        <v>1604</v>
+        <v>1600</v>
       </c>
       <c r="E650">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F650">
-        <v>488.9</v>
+        <v>277.05</v>
       </c>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" t="s">
-        <v>1052</v>
+        <v>785</v>
       </c>
       <c r="B651" s="1">
-        <v>4211125304065</v>
+        <v>4211125424008</v>
       </c>
       <c r="C651" t="s">
-        <v>1053</v>
+        <v>786</v>
       </c>
       <c r="D651" t="s">
-        <v>1605</v>
+        <v>1601</v>
       </c>
       <c r="E651">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F651">
-        <v>0.0</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" t="s">
-        <v>772</v>
+        <v>785</v>
       </c>
       <c r="B652" s="1">
-        <v>4211125360023</v>
+        <v>4211125424008</v>
       </c>
       <c r="C652" t="s">
-        <v>773</v>
+        <v>786</v>
       </c>
       <c r="D652" t="s">
-        <v>1606</v>
+        <v>1602</v>
       </c>
       <c r="E652">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F652">
-        <v>277.05</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" t="s">
-        <v>788</v>
+        <v>808</v>
       </c>
       <c r="B653" s="1">
-        <v>4211125424008</v>
+        <v>8007403166311</v>
       </c>
       <c r="C653" t="s">
-        <v>789</v>
+        <v>809</v>
       </c>
       <c r="D653" t="s">
-        <v>1607</v>
+        <v>1603</v>
       </c>
       <c r="E653">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F653">
-        <v>249.0</v>
+        <v>670.77</v>
       </c>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" t="s">
-        <v>788</v>
+        <v>779</v>
       </c>
       <c r="B654" s="1">
-        <v>4211125424008</v>
+        <v>8007403166533</v>
       </c>
       <c r="C654" t="s">
-        <v>789</v>
+        <v>780</v>
       </c>
       <c r="D654" t="s">
-        <v>1608</v>
+        <v>1604</v>
       </c>
       <c r="E654">
         <v>0</v>
       </c>
       <c r="F654">
-        <v>249.0</v>
+        <v>728.49</v>
       </c>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" t="s">
-        <v>811</v>
+        <v>1184</v>
       </c>
       <c r="B655" s="1">
-        <v>8007403166311</v>
+        <v>4211125317164</v>
       </c>
       <c r="C655" t="s">
-        <v>812</v>
+        <v>1185</v>
       </c>
       <c r="D655" t="s">
-        <v>1609</v>
+        <v>1605</v>
       </c>
       <c r="E655">
         <v>0</v>
       </c>
       <c r="F655">
-        <v>670.77</v>
+        <v>347.81</v>
       </c>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" t="s">
-        <v>782</v>
+        <v>741</v>
       </c>
       <c r="B656" s="1">
-        <v>8007403166533</v>
+        <v>8007403061135</v>
       </c>
       <c r="C656" t="s">
-        <v>783</v>
+        <v>742</v>
       </c>
       <c r="D656" t="s">
-        <v>1610</v>
+        <v>1606</v>
       </c>
       <c r="E656">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F656">
-        <v>728.49</v>
+        <v>294.95</v>
       </c>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" t="s">
-        <v>1187</v>
+        <v>1166</v>
       </c>
       <c r="B657" s="1">
-        <v>4211125317164</v>
+        <v>4211125276850</v>
       </c>
       <c r="C657" t="s">
-        <v>1188</v>
+        <v>1167</v>
       </c>
       <c r="D657" t="s">
-        <v>1611</v>
+        <v>1607</v>
       </c>
       <c r="E657">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F657">
-        <v>347.81</v>
+        <v>139.64</v>
       </c>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" t="s">
-        <v>744</v>
+        <v>808</v>
       </c>
       <c r="B658" s="1">
-        <v>8007403061135</v>
+        <v>8007403166311</v>
       </c>
       <c r="C658" t="s">
-        <v>745</v>
+        <v>809</v>
       </c>
       <c r="D658" t="s">
-        <v>1612</v>
+        <v>1608</v>
       </c>
       <c r="E658">
         <v>1</v>
       </c>
       <c r="F658">
-        <v>294.95</v>
+        <v>670.77</v>
       </c>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" t="s">
-        <v>1169</v>
+        <v>804</v>
       </c>
       <c r="B659" s="1">
-        <v>4211125276850</v>
+        <v>8007403166281</v>
       </c>
       <c r="C659" t="s">
-        <v>1170</v>
+        <v>805</v>
       </c>
       <c r="D659" t="s">
-        <v>1613</v>
+        <v>1609</v>
       </c>
       <c r="E659">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F659">
-        <v>139.64</v>
+        <v>109.99</v>
       </c>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" t="s">
-        <v>811</v>
+        <v>1027</v>
       </c>
       <c r="B660" s="1">
-        <v>8007403166311</v>
+        <v>4211125368036</v>
       </c>
       <c r="C660" t="s">
-        <v>812</v>
+        <v>1028</v>
       </c>
       <c r="D660" t="s">
-        <v>1614</v>
+        <v>1610</v>
       </c>
       <c r="E660">
         <v>1</v>
       </c>
       <c r="F660">
-        <v>670.77</v>
+        <v>339.28</v>
       </c>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" t="s">
-        <v>807</v>
+        <v>1611</v>
       </c>
       <c r="B661" s="1">
-        <v>8007403166281</v>
+        <v>8717496337207</v>
       </c>
       <c r="C661" t="s">
-        <v>808</v>
+        <v>1612</v>
       </c>
       <c r="D661" t="s">
-        <v>1615</v>
+        <v>1613</v>
       </c>
       <c r="E661">
         <v>0</v>
       </c>
       <c r="F661">
-        <v>109.99</v>
+        <v>771.74</v>
+      </c>
+      <c r="G661" t="s">
+        <v>1614</v>
       </c>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-        <v>4211125368036</v>
+        <v>1616</v>
+      </c>
+      <c r="B662" s="1" t="s">
+        <v>1615</v>
       </c>
       <c r="C662" t="s">
-        <v>1031</v>
+        <v>1617</v>
       </c>
       <c r="D662" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="E662">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F662">
-        <v>339.28</v>
+        <v>505.61</v>
+      </c>
+      <c r="G662" t="s">
+        <v>1619</v>
       </c>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" t="s">
-        <v>1617</v>
-[...2 lines deleted...]
-        <v>8717496337207</v>
+        <v>1621</v>
+      </c>
+      <c r="B663" s="1" t="s">
+        <v>1620</v>
       </c>
       <c r="C663" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="D663" t="s">
-        <v>1619</v>
+        <v>1623</v>
       </c>
       <c r="E663">
         <v>0</v>
       </c>
       <c r="F663">
-        <v>771.74</v>
+        <v>482.66</v>
       </c>
       <c r="G663" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="B664" s="1" t="s">
-        <v>1621</v>
+        <v>1625</v>
       </c>
       <c r="C664" t="s">
-        <v>1623</v>
+        <v>1627</v>
       </c>
       <c r="D664" t="s">
-        <v>1624</v>
+        <v>1628</v>
       </c>
       <c r="E664">
         <v>0</v>
       </c>
       <c r="F664">
-        <v>505.61</v>
+        <v>432.51</v>
       </c>
       <c r="G664" t="s">
-        <v>1625</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" t="s">
-        <v>1627</v>
-[...2 lines deleted...]
-        <v>1626</v>
+        <v>1629</v>
+      </c>
+      <c r="B665" s="1">
+        <v>3362934110420</v>
       </c>
       <c r="C665" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="D665" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="E665">
         <v>0</v>
       </c>
       <c r="F665">
-        <v>482.66</v>
+        <v>423.66</v>
       </c>
       <c r="G665" t="s">
-        <v>1630</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" t="s">
         <v>1632</v>
       </c>
-      <c r="B666" s="1" t="s">
-        <v>1631</v>
+      <c r="B666" s="1">
+        <v>8717448055821</v>
       </c>
       <c r="C666" t="s">
         <v>1633</v>
       </c>
       <c r="D666" t="s">
         <v>1634</v>
       </c>
       <c r="E666">
         <v>0</v>
       </c>
       <c r="F666">
-        <v>432.51</v>
+        <v>394.86</v>
       </c>
       <c r="G666" t="s">
-        <v>1625</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" t="s">
-        <v>1635</v>
-[...2 lines deleted...]
-        <v>3362934110420</v>
+        <v>1637</v>
+      </c>
+      <c r="B667" s="1" t="s">
+        <v>1636</v>
       </c>
       <c r="C667" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="D667" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="E667">
         <v>0</v>
       </c>
       <c r="F667">
-        <v>423.66</v>
+        <v>384.0</v>
       </c>
       <c r="G667" t="s">
-        <v>1620</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" t="s">
-        <v>1638</v>
-[...3 lines deleted...]
-      </c>
+        <v>1640</v>
+      </c>
+      <c r="B668" s="1"/>
       <c r="C668" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="D668" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="E668">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F668">
-        <v>394.86</v>
+        <v>359.99</v>
       </c>
       <c r="G668" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" t="s">
-        <v>1643</v>
-[...2 lines deleted...]
-        <v>1642</v>
+        <v>1256</v>
+      </c>
+      <c r="B669" s="1">
+        <v>4002432116386</v>
       </c>
       <c r="C669" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D669" t="s">
         <v>1644</v>
       </c>
-      <c r="D669" t="s">
+      <c r="E669">
+        <v>0</v>
+      </c>
+      <c r="F669">
+        <v>333.2</v>
+      </c>
+      <c r="G669" t="s">
         <v>1645</v>
-      </c>
-[...7 lines deleted...]
-        <v>1625</v>
       </c>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" t="s">
         <v>1646</v>
       </c>
-      <c r="B670" s="1"/>
+      <c r="B670" s="1">
+        <v>4007885005584</v>
+      </c>
       <c r="C670" t="s">
         <v>1647</v>
       </c>
       <c r="D670" t="s">
         <v>1648</v>
       </c>
       <c r="E670">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F670">
-        <v>359.99</v>
+        <v>310.3</v>
       </c>
       <c r="G670" t="s">
         <v>1649</v>
       </c>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" t="s">
-        <v>1259</v>
-[...2 lines deleted...]
-        <v>4002432116386</v>
+        <v>1651</v>
+      </c>
+      <c r="B671" s="1" t="s">
+        <v>1650</v>
       </c>
       <c r="C671" t="s">
-        <v>1260</v>
+        <v>1652</v>
       </c>
       <c r="D671" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="E671">
         <v>0</v>
       </c>
       <c r="F671">
-        <v>333.2</v>
+        <v>300.83</v>
       </c>
       <c r="G671" t="s">
-        <v>1651</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" t="s">
-        <v>1652</v>
-[...2 lines deleted...]
-        <v>4007885005584</v>
+        <v>1655</v>
+      </c>
+      <c r="B672" s="1" t="s">
+        <v>1654</v>
       </c>
       <c r="C672" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
       <c r="D672" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="E672">
         <v>0</v>
       </c>
       <c r="F672">
-        <v>310.3</v>
+        <v>299.0</v>
       </c>
       <c r="G672" t="s">
-        <v>1655</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" t="s">
-        <v>1657</v>
-[...2 lines deleted...]
-        <v>1656</v>
+        <v>1658</v>
+      </c>
+      <c r="B673" s="1">
+        <v>5397184200261</v>
       </c>
       <c r="C673" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="D673" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="E673">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F673">
-        <v>300.83</v>
+        <v>288.81</v>
       </c>
       <c r="G673" t="s">
-        <v>1651</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" t="s">
         <v>1661</v>
       </c>
-      <c r="B674" s="1" t="s">
-        <v>1660</v>
+      <c r="B674" s="1">
+        <v>5056547202433</v>
       </c>
       <c r="C674" t="s">
         <v>1662</v>
       </c>
       <c r="D674" t="s">
         <v>1663</v>
       </c>
       <c r="E674">
         <v>0</v>
       </c>
       <c r="F674">
-        <v>299.0</v>
+        <v>263.72</v>
       </c>
       <c r="G674" t="s">
-        <v>1630</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" t="s">
+        <v>819</v>
+      </c>
+      <c r="B675" s="1">
+        <v>8436035343959</v>
+      </c>
+      <c r="C675" t="s">
+        <v>820</v>
+      </c>
+      <c r="D675" t="s">
         <v>1664</v>
       </c>
-      <c r="B675" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E675">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F675">
-        <v>288.81</v>
+        <v>240.95</v>
       </c>
       <c r="G675" t="s">
-        <v>1651</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B676" s="1">
+        <v>8436036555795</v>
+      </c>
+      <c r="C676" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D676" t="s">
         <v>1667</v>
       </c>
-      <c r="B676" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E676">
         <v>0</v>
       </c>
       <c r="F676">
-        <v>263.72</v>
+        <v>220.95</v>
       </c>
       <c r="G676" t="s">
-        <v>1655</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" t="s">
-        <v>822</v>
-[...2 lines deleted...]
-        <v>8436035343959</v>
+        <v>846</v>
+      </c>
+      <c r="B677" s="1" t="s">
+        <v>845</v>
       </c>
       <c r="C677" t="s">
-        <v>823</v>
+        <v>847</v>
       </c>
       <c r="D677" t="s">
-        <v>1670</v>
+        <v>1668</v>
       </c>
       <c r="E677">
         <v>0</v>
       </c>
       <c r="F677">
-        <v>240.95</v>
+        <v>199.99</v>
       </c>
       <c r="G677" t="s">
-        <v>1630</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B678" s="1">
+        <v>5010777144055</v>
+      </c>
+      <c r="C678" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D678" t="s">
         <v>1671</v>
       </c>
-      <c r="B678" s="1">
-[...2 lines deleted...]
-      <c r="C678" t="s">
+      <c r="E678">
+        <v>0</v>
+      </c>
+      <c r="F678">
+        <v>192.44</v>
+      </c>
+      <c r="G678" t="s">
         <v>1672</v>
-      </c>
-[...10 lines deleted...]
-        <v>1651</v>
       </c>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>1673</v>
+      </c>
+      <c r="B679" s="1">
+        <v>5028252336437</v>
       </c>
       <c r="C679" t="s">
-        <v>850</v>
+        <v>1674</v>
       </c>
       <c r="D679" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="E679">
         <v>0</v>
       </c>
       <c r="F679">
-        <v>199.99</v>
+        <v>187.43</v>
       </c>
       <c r="G679" t="s">
-        <v>1625</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" t="s">
-        <v>1675</v>
+        <v>664</v>
       </c>
       <c r="B680" s="1">
-        <v>5010777144055</v>
+        <v>4015588889394</v>
       </c>
       <c r="C680" t="s">
+        <v>665</v>
+      </c>
+      <c r="D680" t="s">
         <v>1676</v>
       </c>
-      <c r="D680" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E680">
         <v>0</v>
       </c>
       <c r="F680">
-        <v>192.44</v>
+        <v>184.99</v>
       </c>
       <c r="G680" t="s">
-        <v>1678</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B681" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="C681" t="s">
         <v>1679</v>
       </c>
-      <c r="B681" s="1">
-[...2 lines deleted...]
-      <c r="C681" t="s">
+      <c r="D681" t="s">
         <v>1680</v>
       </c>
-      <c r="D681" t="s">
+      <c r="E681">
+        <v>0</v>
+      </c>
+      <c r="F681">
+        <v>181.16</v>
+      </c>
+      <c r="G681" t="s">
         <v>1681</v>
-      </c>
-[...7 lines deleted...]
-        <v>1651</v>
       </c>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" t="s">
-        <v>667</v>
+        <v>1682</v>
       </c>
       <c r="B682" s="1">
-        <v>4015588889394</v>
+        <v>8436036551742</v>
       </c>
       <c r="C682" t="s">
-        <v>668</v>
+        <v>1683</v>
       </c>
       <c r="D682" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="E682">
         <v>0</v>
       </c>
       <c r="F682">
-        <v>184.99</v>
+        <v>167.95</v>
       </c>
       <c r="G682" t="s">
-        <v>1655</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" t="s">
-        <v>1684</v>
-[...2 lines deleted...]
-        <v>1683</v>
+        <v>1685</v>
+      </c>
+      <c r="B683" s="1">
+        <v>8715946684123</v>
       </c>
       <c r="C683" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="D683" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="E683">
         <v>0</v>
       </c>
       <c r="F683">
-        <v>181.16</v>
+        <v>161.16</v>
       </c>
       <c r="G683" t="s">
-        <v>1687</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B684" s="1">
+        <v>4015588889707</v>
+      </c>
+      <c r="C684" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D684" t="s">
         <v>1688</v>
       </c>
-      <c r="B684" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E684">
         <v>0</v>
       </c>
       <c r="F684">
-        <v>167.95</v>
+        <v>150.89</v>
       </c>
       <c r="G684" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" t="s">
-        <v>1691</v>
+        <v>672</v>
       </c>
       <c r="B685" s="1">
-        <v>8715946684123</v>
+        <v>8436036555122</v>
       </c>
       <c r="C685" t="s">
-        <v>1692</v>
+        <v>673</v>
       </c>
       <c r="D685" t="s">
-        <v>1693</v>
+        <v>1689</v>
       </c>
       <c r="E685">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F685">
-        <v>161.16</v>
+        <v>144.95</v>
       </c>
       <c r="G685" t="s">
-        <v>1651</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" t="s">
-        <v>1326</v>
+        <v>1690</v>
       </c>
       <c r="B686" s="1">
-        <v>4015588889707</v>
+        <v>4211125632311</v>
       </c>
       <c r="C686" t="s">
-        <v>1327</v>
+        <v>1691</v>
       </c>
       <c r="D686" t="s">
-        <v>1694</v>
+        <v>1692</v>
       </c>
       <c r="E686">
         <v>0</v>
       </c>
       <c r="F686">
-        <v>150.89</v>
+        <v>139.99</v>
       </c>
       <c r="G686" t="s">
-        <v>1655</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" t="s">
-        <v>675</v>
+        <v>1693</v>
       </c>
       <c r="B687" s="1">
-        <v>8436036555122</v>
+        <v>4211125632618</v>
       </c>
       <c r="C687" t="s">
-        <v>676</v>
+        <v>1694</v>
       </c>
       <c r="D687" t="s">
         <v>1695</v>
       </c>
       <c r="E687">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F687">
-        <v>144.95</v>
+        <v>134.99</v>
       </c>
       <c r="G687" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" t="s">
         <v>1696</v>
       </c>
       <c r="B688" s="1">
-        <v>4211125632311</v>
+        <v>8717624241505</v>
       </c>
       <c r="C688" t="s">
         <v>1697</v>
       </c>
       <c r="D688" t="s">
         <v>1698</v>
       </c>
       <c r="E688">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F688">
-        <v>139.99</v>
+        <v>129.0</v>
       </c>
       <c r="G688" t="s">
-        <v>1620</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" t="s">
+        <v>850</v>
+      </c>
+      <c r="B689" s="1">
+        <v>4211125637101</v>
+      </c>
+      <c r="C689" t="s">
+        <v>851</v>
+      </c>
+      <c r="D689" t="s">
         <v>1699</v>
       </c>
-      <c r="B689" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E689">
         <v>0</v>
       </c>
       <c r="F689">
-        <v>134.99</v>
+        <v>126.89</v>
       </c>
       <c r="G689" t="s">
-        <v>1641</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B690" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C690" t="s">
         <v>1702</v>
       </c>
-      <c r="B690" s="1">
-[...2 lines deleted...]
-      <c r="C690" t="s">
+      <c r="D690" t="s">
         <v>1703</v>
       </c>
-      <c r="D690" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E690">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F690">
-        <v>129.0</v>
+        <v>119.99</v>
       </c>
       <c r="G690" t="s">
-        <v>1641</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="B691" s="1">
         <v>4211125637101</v>
       </c>
       <c r="C691" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="D691" t="s">
-        <v>1705</v>
+        <v>1704</v>
       </c>
       <c r="E691">
         <v>0</v>
       </c>
       <c r="F691">
-        <v>126.89</v>
+        <v>119.99</v>
       </c>
       <c r="G691" t="s">
-        <v>1620</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B692" s="1">
+        <v>5060301696987</v>
+      </c>
+      <c r="C692" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D692" t="s">
         <v>1707</v>
       </c>
-      <c r="B692" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E692">
         <v>0</v>
       </c>
       <c r="F692">
-        <v>119.99</v>
+        <v>119.66</v>
       </c>
       <c r="G692" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-        <v>4211125637101</v>
+        <v>1709</v>
+      </c>
+      <c r="B693" s="1" t="s">
+        <v>1708</v>
       </c>
       <c r="C693" t="s">
-        <v>854</v>
+        <v>1710</v>
       </c>
       <c r="D693" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="E693">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F693">
-        <v>119.99</v>
+        <v>117.99</v>
       </c>
       <c r="G693" t="s">
-        <v>1625</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" t="s">
-        <v>1711</v>
+        <v>804</v>
       </c>
       <c r="B694" s="1">
-        <v>5060301696987</v>
+        <v>8007403166281</v>
       </c>
       <c r="C694" t="s">
+        <v>805</v>
+      </c>
+      <c r="D694" t="s">
         <v>1712</v>
       </c>
-      <c r="D694" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E694">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F694">
-        <v>119.66</v>
+        <v>109.99</v>
       </c>
       <c r="G694" t="s">
-        <v>1649</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" t="s">
-        <v>1715</v>
-[...1 lines deleted...]
-      <c r="B695" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B695" s="1">
+        <v>4015588889301</v>
+      </c>
+      <c r="C695" t="s">
+        <v>12</v>
+      </c>
+      <c r="D695" t="s">
+        <v>1713</v>
+      </c>
+      <c r="E695">
+        <v>0</v>
+      </c>
+      <c r="F695">
+        <v>109.99</v>
+      </c>
+      <c r="G695" t="s">
         <v>1714</v>
-      </c>
-[...13 lines deleted...]
-        <v>1620</v>
       </c>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" t="s">
-        <v>807</v>
+        <v>751</v>
       </c>
       <c r="B696" s="1">
-        <v>8007403166281</v>
+        <v>4056352359118</v>
       </c>
       <c r="C696" t="s">
-        <v>808</v>
+        <v>752</v>
       </c>
       <c r="D696" t="s">
-        <v>1718</v>
+        <v>1715</v>
       </c>
       <c r="E696">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F696">
-        <v>109.99</v>
+        <v>106.51</v>
       </c>
       <c r="G696" t="s">
-        <v>1678</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" t="s">
-        <v>1320</v>
+        <v>1716</v>
       </c>
       <c r="B697" s="1">
-        <v>4015588889301</v>
+        <v>8436036555214</v>
       </c>
       <c r="C697" t="s">
-        <v>12</v>
+        <v>1717</v>
       </c>
       <c r="D697" t="s">
-        <v>1719</v>
+        <v>1718</v>
       </c>
       <c r="E697">
         <v>0</v>
       </c>
       <c r="F697">
-        <v>109.99</v>
+        <v>105.95</v>
       </c>
       <c r="G697" t="s">
-        <v>1720</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" t="s">
-        <v>754</v>
+        <v>1719</v>
       </c>
       <c r="B698" s="1">
-        <v>4056352359118</v>
+        <v>4052305247624</v>
       </c>
       <c r="C698" t="s">
-        <v>755</v>
+        <v>1720</v>
       </c>
       <c r="D698" t="s">
         <v>1721</v>
       </c>
       <c r="E698">
         <v>0</v>
       </c>
       <c r="F698">
-        <v>106.51</v>
+        <v>104.13</v>
       </c>
       <c r="G698" t="s">
-        <v>1630</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" t="s">
         <v>1722</v>
       </c>
       <c r="B699" s="1">
-        <v>8436036555214</v>
+        <v>3362934110314</v>
       </c>
       <c r="C699" t="s">
         <v>1723</v>
       </c>
       <c r="D699" t="s">
         <v>1724</v>
       </c>
       <c r="E699">
         <v>0</v>
       </c>
       <c r="F699">
-        <v>105.95</v>
+        <v>102.91</v>
       </c>
       <c r="G699" t="s">
-        <v>1630</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" t="s">
+        <v>860</v>
+      </c>
+      <c r="B700" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="C700" t="s">
+        <v>861</v>
+      </c>
+      <c r="D700" t="s">
         <v>1725</v>
       </c>
-      <c r="B700" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E700">
         <v>0</v>
       </c>
       <c r="F700">
-        <v>104.13</v>
+        <v>101.86</v>
       </c>
       <c r="G700" t="s">
-        <v>1651</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" t="s">
-        <v>1728</v>
+        <v>216</v>
       </c>
       <c r="B701" s="1">
-        <v>3362934110314</v>
+        <v>8436036556655</v>
       </c>
       <c r="C701" t="s">
-        <v>1729</v>
+        <v>217</v>
       </c>
       <c r="D701" t="s">
-        <v>1730</v>
+        <v>1726</v>
       </c>
       <c r="E701">
         <v>0</v>
       </c>
       <c r="F701">
-        <v>102.91</v>
+        <v>99.95</v>
       </c>
       <c r="G701" t="s">
-        <v>1620</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>1323</v>
+      </c>
+      <c r="B702" s="1">
+        <v>4015588889707</v>
       </c>
       <c r="C702" t="s">
-        <v>864</v>
+        <v>1324</v>
       </c>
       <c r="D702" t="s">
-        <v>1731</v>
+        <v>1727</v>
       </c>
       <c r="E702">
         <v>0</v>
       </c>
       <c r="F702">
-        <v>101.86</v>
+        <v>99.95</v>
       </c>
       <c r="G702" t="s">
-        <v>1720</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" t="s">
-        <v>216</v>
+        <v>1320</v>
       </c>
       <c r="B703" s="1">
-        <v>8436036556655</v>
+        <v>8436036555702</v>
       </c>
       <c r="C703" t="s">
-        <v>217</v>
+        <v>1321</v>
       </c>
       <c r="D703" t="s">
-        <v>1732</v>
+        <v>1728</v>
       </c>
       <c r="E703">
         <v>0</v>
       </c>
       <c r="F703">
-        <v>99.95</v>
+        <v>95.95</v>
       </c>
       <c r="G703" t="s">
-        <v>1720</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" t="s">
-        <v>1326</v>
+        <v>1729</v>
       </c>
       <c r="B704" s="1">
-        <v>4015588889707</v>
+        <v>8426680890700</v>
       </c>
       <c r="C704" t="s">
-        <v>1327</v>
+        <v>1730</v>
       </c>
       <c r="D704" t="s">
-        <v>1733</v>
+        <v>1731</v>
       </c>
       <c r="E704">
         <v>0</v>
       </c>
       <c r="F704">
-        <v>99.95</v>
+        <v>93.95</v>
       </c>
       <c r="G704" t="s">
-        <v>1687</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" t="s">
-        <v>1323</v>
-[...2 lines deleted...]
-        <v>8436036555702</v>
+        <v>889</v>
+      </c>
+      <c r="B705" s="1" t="s">
+        <v>888</v>
       </c>
       <c r="C705" t="s">
-        <v>1324</v>
+        <v>890</v>
       </c>
       <c r="D705" t="s">
-        <v>1734</v>
+        <v>1732</v>
       </c>
       <c r="E705">
         <v>0</v>
       </c>
       <c r="F705">
-        <v>95.95</v>
+        <v>92.99</v>
       </c>
       <c r="G705" t="s">
-        <v>1720</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" t="s">
-        <v>1735</v>
+        <v>878</v>
       </c>
       <c r="B706" s="1">
-        <v>8426680890700</v>
+        <v>4002432118939</v>
       </c>
       <c r="C706" t="s">
-        <v>1736</v>
+        <v>879</v>
       </c>
       <c r="D706" t="s">
-        <v>1737</v>
+        <v>1733</v>
       </c>
       <c r="E706">
         <v>0</v>
       </c>
       <c r="F706">
-        <v>93.95</v>
+        <v>89.99</v>
       </c>
       <c r="G706" t="s">
-        <v>1678</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-        <v>891</v>
+        <v>878</v>
+      </c>
+      <c r="B707" s="1">
+        <v>4002432118939</v>
       </c>
       <c r="C707" t="s">
-        <v>893</v>
+        <v>879</v>
       </c>
       <c r="D707" t="s">
-        <v>1738</v>
+        <v>1734</v>
       </c>
       <c r="E707">
         <v>0</v>
       </c>
       <c r="F707">
-        <v>92.99</v>
+        <v>89.99</v>
       </c>
       <c r="G707" t="s">
-        <v>1649</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" t="s">
-        <v>881</v>
-[...2 lines deleted...]
-        <v>4002432118939</v>
+        <v>1736</v>
+      </c>
+      <c r="B708" s="1" t="s">
+        <v>1735</v>
       </c>
       <c r="C708" t="s">
-        <v>882</v>
+        <v>1737</v>
       </c>
       <c r="D708" t="s">
-        <v>1739</v>
+        <v>1738</v>
       </c>
       <c r="E708">
         <v>0</v>
       </c>
       <c r="F708">
         <v>89.99</v>
       </c>
       <c r="G708" t="s">
-        <v>1678</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="B709" s="1">
         <v>4002432118939</v>
       </c>
       <c r="C709" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="D709" t="s">
-        <v>1740</v>
+        <v>1739</v>
       </c>
       <c r="E709">
         <v>0</v>
       </c>
       <c r="F709">
         <v>89.99</v>
       </c>
       <c r="G709" t="s">
-        <v>1720</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" t="s">
-        <v>1742</v>
-[...2 lines deleted...]
-        <v>1741</v>
+        <v>1041</v>
+      </c>
+      <c r="B710" s="1">
+        <v>8007403167776</v>
       </c>
       <c r="C710" t="s">
-        <v>1743</v>
+        <v>1042</v>
       </c>
       <c r="D710" t="s">
-        <v>1744</v>
+        <v>1740</v>
       </c>
       <c r="E710">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F710">
-        <v>89.99</v>
+        <v>87.35</v>
       </c>
       <c r="G710" t="s">
-        <v>1687</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" t="s">
-        <v>881</v>
+        <v>1741</v>
       </c>
       <c r="B711" s="1">
-        <v>4002432118939</v>
+        <v>8007403166526</v>
       </c>
       <c r="C711" t="s">
-        <v>882</v>
+        <v>1742</v>
       </c>
       <c r="D711" t="s">
-        <v>1745</v>
+        <v>1743</v>
       </c>
       <c r="E711">
         <v>0</v>
       </c>
       <c r="F711">
-        <v>89.99</v>
+        <v>84.9</v>
       </c>
       <c r="G711" t="s">
-        <v>1687</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" t="s">
-        <v>1044</v>
+        <v>1744</v>
       </c>
       <c r="B712" s="1">
-        <v>8007403167776</v>
+        <v>4002725988362</v>
       </c>
       <c r="C712" t="s">
-        <v>1045</v>
+        <v>1745</v>
       </c>
       <c r="D712" t="s">
         <v>1746</v>
       </c>
       <c r="E712">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F712">
-        <v>87.35</v>
+        <v>83.94</v>
       </c>
       <c r="G712" t="s">
-        <v>1720</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" t="s">
         <v>1747</v>
       </c>
       <c r="B713" s="1">
-        <v>8007403166526</v>
+        <v>5400882009996</v>
       </c>
       <c r="C713" t="s">
         <v>1748</v>
       </c>
       <c r="D713" t="s">
         <v>1749</v>
       </c>
       <c r="E713">
         <v>0</v>
       </c>
       <c r="F713">
-        <v>84.9</v>
+        <v>83.13</v>
       </c>
       <c r="G713" t="s">
-        <v>1678</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B714" s="1">
+        <v>8007403060046</v>
+      </c>
+      <c r="C714" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D714" t="s">
         <v>1750</v>
       </c>
-      <c r="B714" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E714">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F714">
-        <v>83.94</v>
+        <v>79.99</v>
       </c>
       <c r="G714" t="s">
-        <v>1655</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" t="s">
-        <v>1753</v>
+        <v>1034</v>
       </c>
       <c r="B715" s="1">
-        <v>5400882009996</v>
+        <v>4211125431051</v>
       </c>
       <c r="C715" t="s">
-        <v>1754</v>
+        <v>17</v>
       </c>
       <c r="D715" t="s">
-        <v>1755</v>
+        <v>1751</v>
       </c>
       <c r="E715">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F715">
-        <v>83.13</v>
+        <v>78.99</v>
       </c>
       <c r="G715" t="s">
-        <v>1620</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" t="s">
-        <v>1102</v>
+        <v>115</v>
       </c>
       <c r="B716" s="1">
-        <v>8007403060046</v>
+        <v>4053757306433</v>
       </c>
       <c r="C716" t="s">
-        <v>1103</v>
+        <v>116</v>
       </c>
       <c r="D716" t="s">
-        <v>1756</v>
+        <v>1752</v>
       </c>
       <c r="E716">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F716">
-        <v>79.99</v>
+        <v>78.7</v>
       </c>
       <c r="G716" t="s">
-        <v>1687</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" t="s">
-        <v>1037</v>
+        <v>115</v>
       </c>
       <c r="B717" s="1">
-        <v>4211125431051</v>
+        <v>4053757306433</v>
       </c>
       <c r="C717" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="D717" t="s">
-        <v>1757</v>
+        <v>1753</v>
       </c>
       <c r="E717">
         <v>1</v>
       </c>
       <c r="F717">
-        <v>78.99</v>
+        <v>78.7</v>
       </c>
       <c r="G717" t="s">
-        <v>1678</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" t="s">
         <v>115</v>
       </c>
       <c r="B718" s="1">
         <v>4053757306433</v>
       </c>
       <c r="C718" t="s">
         <v>116</v>
       </c>
       <c r="D718" t="s">
-        <v>1758</v>
+        <v>1754</v>
       </c>
       <c r="E718">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F718">
         <v>78.7</v>
       </c>
       <c r="G718" t="s">
-        <v>1678</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" t="s">
-        <v>115</v>
+        <v>1755</v>
       </c>
       <c r="B719" s="1">
-        <v>4053757306433</v>
+        <v>3362934110208</v>
       </c>
       <c r="C719" t="s">
-        <v>116</v>
+        <v>1756</v>
       </c>
       <c r="D719" t="s">
-        <v>1759</v>
+        <v>1757</v>
       </c>
       <c r="E719">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F719">
-        <v>78.7</v>
+        <v>74.99</v>
       </c>
       <c r="G719" t="s">
-        <v>1678</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" t="s">
-        <v>115</v>
+        <v>1124</v>
       </c>
       <c r="B720" s="1">
-        <v>4053757306433</v>
+        <v>4052095431036</v>
       </c>
       <c r="C720" t="s">
-        <v>116</v>
+        <v>777</v>
       </c>
       <c r="D720" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="E720">
         <v>0</v>
       </c>
       <c r="F720">
-        <v>78.7</v>
+        <v>74.89</v>
       </c>
       <c r="G720" t="s">
-        <v>1720</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" t="s">
         <v>1761</v>
       </c>
-      <c r="B721" s="1">
-        <v>3362934110208</v>
+      <c r="B721" s="1" t="s">
+        <v>1760</v>
       </c>
       <c r="C721" t="s">
         <v>1762</v>
       </c>
       <c r="D721" t="s">
         <v>1763</v>
       </c>
       <c r="E721">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F721">
-        <v>74.99</v>
+        <v>72.5</v>
       </c>
       <c r="G721" t="s">
-        <v>1764</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" t="s">
-        <v>1127</v>
+        <v>1764</v>
       </c>
       <c r="B722" s="1">
-        <v>4052095431036</v>
+        <v>5603750488712</v>
       </c>
       <c r="C722" t="s">
-        <v>780</v>
+        <v>1765</v>
       </c>
       <c r="D722" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="E722">
         <v>0</v>
       </c>
       <c r="F722">
-        <v>74.89</v>
+        <v>72.19</v>
       </c>
       <c r="G722" t="s">
-        <v>1651</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" t="s">
         <v>1767</v>
       </c>
-      <c r="B723" s="1" t="s">
-        <v>1766</v>
+      <c r="B723" s="1">
+        <v>4549292185737</v>
       </c>
       <c r="C723" t="s">
         <v>1768</v>
       </c>
       <c r="D723" t="s">
         <v>1769</v>
       </c>
       <c r="E723">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F723">
-        <v>72.5</v>
+        <v>72.09</v>
       </c>
       <c r="G723" t="s">
-        <v>1630</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B724" s="1">
+        <v>4549292185737</v>
+      </c>
+      <c r="C724" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D724" t="s">
         <v>1770</v>
       </c>
-      <c r="B724" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E724">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F724">
-        <v>72.19</v>
+        <v>72.09</v>
       </c>
       <c r="G724" t="s">
-        <v>1687</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B725" s="1">
+        <v>4211125956066</v>
+      </c>
+      <c r="C725" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D725" t="s">
         <v>1773</v>
       </c>
-      <c r="B725" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E725">
         <v>0</v>
       </c>
       <c r="F725">
-        <v>72.09</v>
+        <v>69.99</v>
       </c>
       <c r="G725" t="s">
-        <v>1649</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="B726" s="1">
-        <v>4549292185737</v>
+        <v>5603750488798</v>
       </c>
       <c r="C726" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="D726" t="s">
         <v>1776</v>
       </c>
       <c r="E726">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F726">
-        <v>72.09</v>
+        <v>69.99</v>
       </c>
       <c r="G726" t="s">
         <v>1649</v>
       </c>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" t="s">
+        <v>1778</v>
+      </c>
+      <c r="B727" s="1" t="s">
         <v>1777</v>
       </c>
-      <c r="B727" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C727" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="D727" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="E727">
         <v>0</v>
       </c>
       <c r="F727">
-        <v>69.99</v>
+        <v>68.48</v>
       </c>
       <c r="G727" t="s">
-        <v>1651</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="B728" s="1">
-        <v>5603750488798</v>
+        <v>8436584361862</v>
       </c>
       <c r="C728" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="D728" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="E728">
         <v>0</v>
       </c>
       <c r="F728">
-        <v>69.99</v>
+        <v>68.36</v>
       </c>
       <c r="G728" t="s">
-        <v>1655</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" t="s">
+        <v>946</v>
+      </c>
+      <c r="B729" s="1">
+        <v>5010777139679</v>
+      </c>
+      <c r="C729" t="s">
+        <v>947</v>
+      </c>
+      <c r="D729" t="s">
         <v>1784</v>
       </c>
-      <c r="B729" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E729">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F729">
-        <v>68.48</v>
+        <v>67.28</v>
       </c>
       <c r="G729" t="s">
-        <v>1649</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B730" s="1">
+        <v>4002432128464</v>
+      </c>
+      <c r="C730" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D730" t="s">
         <v>1787</v>
       </c>
-      <c r="B730" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E730">
         <v>0</v>
       </c>
       <c r="F730">
-        <v>68.36</v>
+        <v>65.86</v>
       </c>
       <c r="G730" t="s">
-        <v>1687</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" t="s">
-        <v>949</v>
-[...2 lines deleted...]
-        <v>5010777139679</v>
+        <v>1789</v>
+      </c>
+      <c r="B731" s="1" t="s">
+        <v>1788</v>
       </c>
       <c r="C731" t="s">
-        <v>950</v>
+        <v>1790</v>
       </c>
       <c r="D731" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="E731">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F731">
-        <v>67.28</v>
+        <v>64.98</v>
       </c>
       <c r="G731" t="s">
-        <v>1649</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="B732" s="1">
-        <v>4002432128464</v>
+        <v>5060456651732</v>
       </c>
       <c r="C732" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="D732" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="E732">
         <v>0</v>
       </c>
       <c r="F732">
-        <v>65.86</v>
+        <v>64.44</v>
       </c>
       <c r="G732" t="s">
-        <v>1720</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" t="s">
         <v>1795</v>
       </c>
-      <c r="B733" s="1" t="s">
-        <v>1794</v>
+      <c r="B733" s="1">
+        <v>3760223830859</v>
       </c>
       <c r="C733" t="s">
         <v>1796</v>
       </c>
       <c r="D733" t="s">
         <v>1797</v>
       </c>
       <c r="E733">
         <v>0</v>
       </c>
       <c r="F733">
-        <v>64.98</v>
+        <v>60.57</v>
       </c>
       <c r="G733" t="s">
-        <v>1720</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B734" s="1">
+        <v>4211125956059</v>
+      </c>
+      <c r="C734" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D734" t="s">
         <v>1798</v>
       </c>
-      <c r="B734" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E734">
         <v>0</v>
       </c>
       <c r="F734">
-        <v>64.44</v>
+        <v>59.99</v>
       </c>
       <c r="G734" t="s">
-        <v>1687</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" t="s">
-        <v>1801</v>
+        <v>782</v>
       </c>
       <c r="B735" s="1">
-        <v>3760223830859</v>
+        <v>4211125421038</v>
       </c>
       <c r="C735" t="s">
-        <v>1802</v>
+        <v>783</v>
       </c>
       <c r="D735" t="s">
-        <v>1803</v>
+        <v>1799</v>
       </c>
       <c r="E735">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F735">
-        <v>60.57</v>
+        <v>59.99</v>
       </c>
       <c r="G735" t="s">
-        <v>1720</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" t="s">
-        <v>1413</v>
+        <v>782</v>
       </c>
       <c r="B736" s="1">
-        <v>4211125956059</v>
+        <v>4211125421038</v>
       </c>
       <c r="C736" t="s">
-        <v>1414</v>
+        <v>783</v>
       </c>
       <c r="D736" t="s">
-        <v>1804</v>
+        <v>1800</v>
       </c>
       <c r="E736">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F736">
         <v>59.99</v>
       </c>
       <c r="G736" t="s">
-        <v>1651</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="B737" s="1">
         <v>4211125421038</v>
       </c>
       <c r="C737" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="D737" t="s">
-        <v>1805</v>
+        <v>1801</v>
       </c>
       <c r="E737">
         <v>1</v>
       </c>
       <c r="F737">
         <v>59.99</v>
       </c>
       <c r="G737" t="s">
-        <v>1678</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" t="s">
-        <v>785</v>
+        <v>1398</v>
       </c>
       <c r="B738" s="1">
-        <v>4211125421038</v>
+        <v>4015588602313</v>
       </c>
       <c r="C738" t="s">
-        <v>786</v>
+        <v>1399</v>
       </c>
       <c r="D738" t="s">
-        <v>1806</v>
+        <v>1802</v>
       </c>
       <c r="E738">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F738">
         <v>59.99</v>
       </c>
       <c r="G738" t="s">
-        <v>1720</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" t="s">
-        <v>785</v>
+        <v>1803</v>
       </c>
       <c r="B739" s="1">
-        <v>4211125421038</v>
+        <v>7318089781011</v>
       </c>
       <c r="C739" t="s">
-        <v>786</v>
+        <v>1804</v>
       </c>
       <c r="D739" t="s">
-        <v>1807</v>
+        <v>1805</v>
       </c>
       <c r="E739">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F739">
-        <v>59.99</v>
+        <v>58.44</v>
       </c>
       <c r="G739" t="s">
-        <v>1720</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" t="s">
-        <v>1404</v>
-[...2 lines deleted...]
-        <v>4015588602313</v>
+        <v>976</v>
+      </c>
+      <c r="B740" s="1" t="s">
+        <v>975</v>
       </c>
       <c r="C740" t="s">
-        <v>1405</v>
+        <v>977</v>
       </c>
       <c r="D740" t="s">
-        <v>1808</v>
+        <v>1806</v>
       </c>
       <c r="E740">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F740">
-        <v>59.99</v>
+        <v>55.7</v>
       </c>
       <c r="G740" t="s">
-        <v>1655</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" t="s">
-        <v>1809</v>
+        <v>1038</v>
       </c>
       <c r="B741" s="1">
-        <v>7318089781011</v>
+        <v>4015588612305</v>
       </c>
       <c r="C741" t="s">
-        <v>1810</v>
+        <v>1039</v>
       </c>
       <c r="D741" t="s">
-        <v>1811</v>
+        <v>1807</v>
       </c>
       <c r="E741">
         <v>0</v>
       </c>
       <c r="F741">
-        <v>58.44</v>
+        <v>54.99</v>
       </c>
       <c r="G741" t="s">
         <v>1649</v>
       </c>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>978</v>
+        <v>1808</v>
+      </c>
+      <c r="B742" s="1">
+        <v>5603750420514</v>
       </c>
       <c r="C742" t="s">
-        <v>980</v>
+        <v>1809</v>
       </c>
       <c r="D742" t="s">
-        <v>1812</v>
+        <v>1810</v>
       </c>
       <c r="E742">
         <v>0</v>
       </c>
       <c r="F742">
-        <v>55.7</v>
+        <v>53.55</v>
       </c>
       <c r="G742" t="s">
-        <v>1678</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" t="s">
-        <v>1041</v>
+        <v>1811</v>
       </c>
       <c r="B743" s="1">
-        <v>4015588612305</v>
+        <v>9002493422681</v>
       </c>
       <c r="C743" t="s">
-        <v>1042</v>
+        <v>1812</v>
       </c>
       <c r="D743" t="s">
         <v>1813</v>
       </c>
       <c r="E743">
         <v>0</v>
       </c>
       <c r="F743">
-        <v>54.99</v>
+        <v>53.24</v>
       </c>
       <c r="G743" t="s">
-        <v>1655</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" t="s">
         <v>1814</v>
       </c>
       <c r="B744" s="1">
-        <v>5603750420514</v>
+        <v>5033739989488</v>
       </c>
       <c r="C744" t="s">
         <v>1815</v>
       </c>
       <c r="D744" t="s">
         <v>1816</v>
       </c>
       <c r="E744">
         <v>0</v>
       </c>
       <c r="F744">
-        <v>53.55</v>
+        <v>51.99</v>
       </c>
       <c r="G744" t="s">
-        <v>1720</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B745" s="1" t="s">
         <v>1817</v>
       </c>
-      <c r="B745" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C745" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="D745" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="E745">
         <v>0</v>
       </c>
       <c r="F745">
-        <v>53.24</v>
+        <v>50.11</v>
       </c>
       <c r="G745" t="s">
-        <v>1651</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" t="s">
-        <v>1820</v>
+        <v>1073</v>
       </c>
       <c r="B746" s="1">
-        <v>5033739989488</v>
+        <v>4015588602283</v>
       </c>
       <c r="C746" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D746" t="s">
         <v>1821</v>
       </c>
-      <c r="D746" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E746">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F746">
-        <v>51.99</v>
+        <v>49.99</v>
       </c>
       <c r="G746" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" t="s">
-        <v>1824</v>
-[...2 lines deleted...]
-        <v>1823</v>
+        <v>949</v>
+      </c>
+      <c r="B747" s="1">
+        <v>8715946702780</v>
       </c>
       <c r="C747" t="s">
-        <v>1825</v>
+        <v>950</v>
       </c>
       <c r="D747" t="s">
-        <v>1826</v>
+        <v>1822</v>
       </c>
       <c r="E747">
         <v>0</v>
       </c>
       <c r="F747">
-        <v>50.11</v>
+        <v>49.95</v>
       </c>
       <c r="G747" t="s">
-        <v>1649</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" t="s">
-        <v>1076</v>
+        <v>972</v>
       </c>
       <c r="B748" s="1">
-        <v>4015588602283</v>
+        <v>4015588883873</v>
       </c>
       <c r="C748" t="s">
-        <v>1077</v>
+        <v>973</v>
       </c>
       <c r="D748" t="s">
-        <v>1827</v>
+        <v>1823</v>
       </c>
       <c r="E748">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F748">
-        <v>49.99</v>
+        <v>45.49</v>
       </c>
       <c r="G748" t="s">
-        <v>1655</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" t="s">
         <v>952</v>
       </c>
       <c r="B749" s="1">
-        <v>8715946702780</v>
+        <v>4549292165678</v>
       </c>
       <c r="C749" t="s">
         <v>953</v>
       </c>
       <c r="D749" t="s">
-        <v>1828</v>
+        <v>1824</v>
       </c>
       <c r="E749">
         <v>0</v>
       </c>
       <c r="F749">
-        <v>49.95</v>
+        <v>40.83</v>
       </c>
       <c r="G749" t="s">
-        <v>1620</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" t="s">
-        <v>975</v>
+        <v>1825</v>
       </c>
       <c r="B750" s="1">
-        <v>4015588883873</v>
+        <v>8436584361022</v>
       </c>
       <c r="C750" t="s">
-        <v>976</v>
+        <v>1826</v>
       </c>
       <c r="D750" t="s">
-        <v>1829</v>
+        <v>1827</v>
       </c>
       <c r="E750">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F750">
-        <v>45.49</v>
+        <v>39.39</v>
       </c>
       <c r="G750" t="s">
-        <v>1651</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" t="s">
-        <v>955</v>
+        <v>1828</v>
       </c>
       <c r="B751" s="1">
-        <v>4549292165678</v>
+        <v>8436036556693</v>
       </c>
       <c r="C751" t="s">
-        <v>956</v>
+        <v>1829</v>
       </c>
       <c r="D751" t="s">
         <v>1830</v>
       </c>
       <c r="E751">
         <v>0</v>
       </c>
       <c r="F751">
-        <v>40.83</v>
+        <v>37.45</v>
       </c>
       <c r="G751" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" t="s">
         <v>1831</v>
       </c>
       <c r="B752" s="1">
-        <v>8436584361022</v>
+        <v>4015588883804</v>
       </c>
       <c r="C752" t="s">
         <v>1832</v>
       </c>
       <c r="D752" t="s">
         <v>1833</v>
       </c>
       <c r="E752">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F752">
-        <v>39.39</v>
+        <v>35.01</v>
       </c>
       <c r="G752" t="s">
-        <v>1687</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" t="s">
         <v>1834</v>
       </c>
       <c r="B753" s="1">
-        <v>8436036556693</v>
+        <v>4007885005027</v>
       </c>
       <c r="C753" t="s">
+        <v>97</v>
+      </c>
+      <c r="D753" t="s">
         <v>1835</v>
       </c>
-      <c r="D753" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E753">
         <v>0</v>
       </c>
       <c r="F753">
-        <v>37.45</v>
+        <v>34.72</v>
       </c>
       <c r="G753" t="s">
-        <v>1655</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B754" s="1">
+        <v>4049793018430</v>
+      </c>
+      <c r="C754" t="s">
         <v>1837</v>
       </c>
-      <c r="B754" s="1">
-[...2 lines deleted...]
-      <c r="C754" t="s">
+      <c r="D754" t="s">
         <v>1838</v>
       </c>
-      <c r="D754" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E754">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F754">
-        <v>35.01</v>
+        <v>34.32</v>
       </c>
       <c r="G754" t="s">
-        <v>1649</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" t="s">
-        <v>1840</v>
+        <v>1459</v>
       </c>
       <c r="B755" s="1">
-        <v>4007885005027</v>
+        <v>4211125632335</v>
       </c>
       <c r="C755" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="D755" t="s">
-        <v>1841</v>
+        <v>1839</v>
       </c>
       <c r="E755">
         <v>0</v>
       </c>
       <c r="F755">
-        <v>34.72</v>
+        <v>32.99</v>
       </c>
       <c r="G755" t="s">
-        <v>1649</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B756" s="1">
+        <v>5413346356130</v>
+      </c>
+      <c r="C756" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D756" t="s">
         <v>1842</v>
       </c>
-      <c r="B756" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E756">
         <v>0</v>
       </c>
       <c r="F756">
-        <v>34.32</v>
+        <v>31.6</v>
       </c>
       <c r="G756" t="s">
-        <v>1641</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" t="s">
-        <v>1465</v>
-[...2 lines deleted...]
-        <v>4211125632335</v>
+        <v>1844</v>
+      </c>
+      <c r="B757" s="1" t="s">
+        <v>1843</v>
       </c>
       <c r="C757" t="s">
-        <v>94</v>
+        <v>1845</v>
       </c>
       <c r="D757" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="E757">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F757">
-        <v>32.99</v>
+        <v>30.84</v>
       </c>
       <c r="G757" t="s">
-        <v>1620</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" t="s">
-        <v>1846</v>
-[...2 lines deleted...]
-        <v>5413346356130</v>
+        <v>1848</v>
+      </c>
+      <c r="B758" s="1" t="s">
+        <v>1847</v>
       </c>
       <c r="C758" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="D758" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="E758">
         <v>0</v>
       </c>
       <c r="F758">
-        <v>31.6</v>
+        <v>29.99</v>
       </c>
       <c r="G758" t="s">
-        <v>1641</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" t="s">
-        <v>1850</v>
-[...2 lines deleted...]
-        <v>1849</v>
+        <v>1851</v>
+      </c>
+      <c r="B759" s="1">
+        <v>4056324230186</v>
       </c>
       <c r="C759" t="s">
-        <v>1851</v>
+        <v>1852</v>
       </c>
       <c r="D759" t="s">
-        <v>1852</v>
+        <v>1853</v>
       </c>
       <c r="E759">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F759">
-        <v>30.84</v>
+        <v>28.63</v>
       </c>
       <c r="G759" t="s">
-        <v>1687</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" t="s">
         <v>1854</v>
       </c>
-      <c r="B760" s="1" t="s">
-        <v>1853</v>
+      <c r="B760" s="1">
+        <v>5017534990092</v>
       </c>
       <c r="C760" t="s">
         <v>1855</v>
       </c>
       <c r="D760" t="s">
         <v>1856</v>
       </c>
       <c r="E760">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F760">
-        <v>29.99</v>
+        <v>28.12</v>
       </c>
       <c r="G760" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B761" s="1" t="s">
         <v>1857</v>
       </c>
-      <c r="B761" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C761" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="D761" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="E761">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F761">
-        <v>28.63</v>
+        <v>27.73</v>
       </c>
       <c r="G761" t="s">
-        <v>1620</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" t="s">
-        <v>1860</v>
-[...2 lines deleted...]
-        <v>5017534990092</v>
+        <v>1862</v>
+      </c>
+      <c r="B762" s="1" t="s">
+        <v>1861</v>
       </c>
       <c r="C762" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="D762" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="E762">
         <v>1</v>
       </c>
       <c r="F762">
-        <v>28.12</v>
+        <v>24.99</v>
       </c>
       <c r="G762" t="s">
-        <v>1649</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" t="s">
-        <v>1864</v>
-[...2 lines deleted...]
-        <v>1863</v>
+        <v>1865</v>
+      </c>
+      <c r="B763" s="1">
+        <v>5603750530107</v>
       </c>
       <c r="C763" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="D763" t="s">
-        <v>1866</v>
+        <v>1867</v>
       </c>
       <c r="E763">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F763">
-        <v>27.73</v>
+        <v>23.44</v>
       </c>
       <c r="G763" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" t="s">
         <v>1868</v>
       </c>
-      <c r="B764" s="1" t="s">
-        <v>1867</v>
+      <c r="B764" s="1">
+        <v>5603750489764</v>
       </c>
       <c r="C764" t="s">
         <v>1869</v>
       </c>
       <c r="D764" t="s">
         <v>1870</v>
       </c>
       <c r="E764">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F764">
-        <v>24.99</v>
+        <v>22.61</v>
       </c>
       <c r="G764" t="s">
-        <v>1630</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" t="s">
         <v>1871</v>
       </c>
       <c r="B765" s="1">
-        <v>5603750530107</v>
+        <v>4250525329582</v>
       </c>
       <c r="C765" t="s">
         <v>1872</v>
       </c>
       <c r="D765" t="s">
         <v>1873</v>
       </c>
       <c r="E765">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F765">
-        <v>23.44</v>
+        <v>20.1</v>
       </c>
       <c r="G765" t="s">
-        <v>1630</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" t="s">
         <v>1874</v>
       </c>
       <c r="B766" s="1">
-        <v>5603750489764</v>
+        <v>4059313007554</v>
       </c>
       <c r="C766" t="s">
         <v>1875</v>
       </c>
       <c r="D766" t="s">
         <v>1876</v>
       </c>
       <c r="E766">
         <v>0</v>
       </c>
       <c r="F766">
-        <v>22.61</v>
+        <v>19.95</v>
       </c>
       <c r="G766" t="s">
-        <v>1720</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" t="s">
         <v>1877</v>
       </c>
       <c r="B767" s="1">
-        <v>4250525329582</v>
+        <v>5603750170129</v>
       </c>
       <c r="C767" t="s">
         <v>1878</v>
       </c>
       <c r="D767" t="s">
         <v>1879</v>
       </c>
       <c r="E767">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F767">
-        <v>20.1</v>
+        <v>18.97</v>
       </c>
       <c r="G767" t="s">
-        <v>1678</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" t="s">
         <v>1880</v>
       </c>
       <c r="B768" s="1">
-        <v>4059313007554</v>
+        <v>5901503614891</v>
       </c>
       <c r="C768" t="s">
         <v>1881</v>
       </c>
       <c r="D768" t="s">
         <v>1882</v>
       </c>
       <c r="E768">
         <v>0</v>
       </c>
       <c r="F768">
-        <v>19.95</v>
+        <v>18.75</v>
       </c>
       <c r="G768" t="s">
-        <v>1655</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B769" s="1" t="s">
         <v>1883</v>
       </c>
-      <c r="B769" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C769" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="D769" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="E769">
         <v>0</v>
       </c>
       <c r="F769">
-        <v>18.97</v>
+        <v>16.11</v>
       </c>
       <c r="G769" t="s">
-        <v>1678</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" t="s">
-        <v>1886</v>
+        <v>1865</v>
       </c>
       <c r="B770" s="1">
-        <v>5901503614891</v>
+        <v>5603750530107</v>
       </c>
       <c r="C770" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D770" t="s">
         <v>1887</v>
       </c>
-      <c r="D770" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E770">
         <v>0</v>
       </c>
       <c r="F770">
-        <v>18.75</v>
+        <v>12.95</v>
       </c>
       <c r="G770" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B771" s="1">
+        <v>4054673046007</v>
+      </c>
+      <c r="C771" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D771" t="s">
         <v>1890</v>
       </c>
-      <c r="B771" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E771">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F771">
-        <v>16.11</v>
+        <v>5.58</v>
       </c>
       <c r="G771" t="s">
-        <v>1649</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" t="s">
-        <v>1871</v>
+        <v>1888</v>
       </c>
       <c r="B772" s="1">
-        <v>5603750530107</v>
+        <v>4054673046007</v>
       </c>
       <c r="C772" t="s">
-        <v>1872</v>
+        <v>1889</v>
       </c>
       <c r="D772" t="s">
-        <v>1893</v>
+        <v>1891</v>
       </c>
       <c r="E772">
         <v>0</v>
       </c>
       <c r="F772">
-        <v>12.95</v>
+        <v>5.58</v>
       </c>
       <c r="G772" t="s">
-        <v>1655</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B773" s="1">
+        <v>8011469868157</v>
+      </c>
+      <c r="C773" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D773" t="s">
         <v>1894</v>
       </c>
-      <c r="B773" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E773">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F773">
-        <v>5.58</v>
-[...2 lines deleted...]
-        <v>1641</v>
+        <v>469.0</v>
       </c>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="B774" s="1">
-        <v>4054673046007</v>
+        <v>4016032276050</v>
       </c>
       <c r="C774" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="D774" t="s">
         <v>1897</v>
       </c>
       <c r="E774">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F774">
-        <v>5.58</v>
-[...2 lines deleted...]
-        <v>1641</v>
+        <v>157.38</v>
       </c>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" t="s">
+        <v>850</v>
+      </c>
+      <c r="B775" s="1">
+        <v>4211125637101</v>
+      </c>
+      <c r="C775" t="s">
+        <v>851</v>
+      </c>
+      <c r="D775" t="s">
         <v>1898</v>
       </c>
-      <c r="B775" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E775">
         <v>0</v>
       </c>
       <c r="F775">
-        <v>469.0</v>
+        <v>519.14</v>
       </c>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B776" s="1">
+        <v>8717496336347</v>
+      </c>
+      <c r="C776" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D776" t="s">
         <v>1901</v>
       </c>
-      <c r="B776" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E776">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F776">
-        <v>157.38</v>
+        <v>2334.1</v>
       </c>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" t="s">
-        <v>853</v>
+        <v>1902</v>
       </c>
       <c r="B777" s="1">
-        <v>4211125637101</v>
+        <v>4009729069561</v>
       </c>
       <c r="C777" t="s">
-        <v>854</v>
+        <v>1903</v>
       </c>
       <c r="D777" t="s">
         <v>1904</v>
       </c>
       <c r="E777">
         <v>0</v>
       </c>
       <c r="F777">
-        <v>519.14</v>
+        <v>851.21</v>
       </c>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B778" s="1" t="s">
         <v>1905</v>
       </c>
-      <c r="B778" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C778" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="D778" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="E778">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F778">
-        <v>2334.1</v>
+        <v>164.23</v>
       </c>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" t="s">
-        <v>1908</v>
+        <v>1459</v>
       </c>
       <c r="B779" s="1">
-        <v>4009729069561</v>
+        <v>4211125632335</v>
       </c>
       <c r="C779" t="s">
+        <v>94</v>
+      </c>
+      <c r="D779" t="s">
         <v>1909</v>
       </c>
-      <c r="D779" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E779">
         <v>0</v>
       </c>
       <c r="F779">
-        <v>851.21</v>
+        <v>151.85</v>
       </c>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" t="s">
-        <v>1912</v>
-[...2 lines deleted...]
-        <v>1911</v>
+        <v>1459</v>
+      </c>
+      <c r="B780" s="1">
+        <v>4211125632335</v>
       </c>
       <c r="C780" t="s">
-        <v>1913</v>
+        <v>94</v>
       </c>
       <c r="D780" t="s">
-        <v>1914</v>
+        <v>1910</v>
       </c>
       <c r="E780">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F780">
-        <v>164.23</v>
+        <v>151.85</v>
       </c>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" t="s">
-        <v>1465</v>
+        <v>1911</v>
       </c>
       <c r="B781" s="1">
-        <v>4211125632335</v>
+        <v>8436036556648</v>
       </c>
       <c r="C781" t="s">
-        <v>94</v>
+        <v>1912</v>
       </c>
       <c r="D781" t="s">
-        <v>1915</v>
+        <v>1913</v>
       </c>
       <c r="E781">
         <v>0</v>
       </c>
       <c r="F781">
-        <v>151.85</v>
+        <v>299.03</v>
       </c>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" t="s">
-        <v>1465</v>
+        <v>1914</v>
       </c>
       <c r="B782" s="1">
-        <v>4211125632335</v>
+        <v>8436584361015</v>
       </c>
       <c r="C782" t="s">
-        <v>94</v>
+        <v>1915</v>
       </c>
       <c r="D782" t="s">
         <v>1916</v>
       </c>
       <c r="E782">
         <v>0</v>
       </c>
       <c r="F782">
-        <v>151.85</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" t="s">
         <v>1917</v>
       </c>
-      <c r="B783" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B783" s="1"/>
       <c r="C783" t="s">
         <v>1918</v>
       </c>
       <c r="D783" t="s">
         <v>1919</v>
       </c>
       <c r="E783">
         <v>0</v>
       </c>
       <c r="F783">
-        <v>299.03</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" t="s">
         <v>1920</v>
       </c>
-      <c r="B784" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B784" s="1"/>
       <c r="C784" t="s">
         <v>1921</v>
       </c>
       <c r="D784" t="s">
         <v>1922</v>
       </c>
       <c r="E784">
         <v>0</v>
       </c>
       <c r="F784">
-        <v>39.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" t="s">
         <v>1923</v>
       </c>
-      <c r="B785" s="1"/>
+      <c r="B785" s="1">
+        <v>8054181766820</v>
+      </c>
       <c r="C785" t="s">
         <v>1924</v>
       </c>
       <c r="D785" t="s">
         <v>1925</v>
       </c>
       <c r="E785">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F785">
         <v>0.0</v>
       </c>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" t="s">
         <v>1926</v>
       </c>
       <c r="B786" s="1"/>
       <c r="C786" t="s">
         <v>1927</v>
       </c>
       <c r="D786" t="s">
         <v>1928</v>
       </c>
       <c r="E786">
         <v>0</v>
       </c>
       <c r="F786">
         <v>0.0</v>
       </c>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" t="s">
         <v>1929</v>
       </c>
       <c r="B787" s="1">
-        <v>8054181766820</v>
+        <v>5038948783667</v>
       </c>
       <c r="C787" t="s">
         <v>1930</v>
       </c>
       <c r="D787" t="s">
         <v>1931</v>
       </c>
       <c r="E787">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F787">
-        <v>0.0</v>
+        <v>206.24</v>
       </c>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" t="s">
         <v>1932</v>
       </c>
-      <c r="B788" s="1"/>
-      <c r="C788" t="s">
+      <c r="B788" s="1">
+        <v>3129180217415</v>
+      </c>
+      <c r="D788" t="s">
         <v>1933</v>
-      </c>
-[...1 lines deleted...]
-        <v>1934</v>
       </c>
       <c r="E788">
         <v>0</v>
       </c>
       <c r="F788">
         <v>0.0</v>
       </c>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" t="s">
-        <v>1935</v>
+        <v>1007</v>
       </c>
       <c r="B789" s="1">
-        <v>5038948783667</v>
+        <v>84171153422</v>
       </c>
       <c r="C789" t="s">
-        <v>1936</v>
+        <v>85</v>
       </c>
       <c r="D789" t="s">
-        <v>1937</v>
+        <v>1934</v>
       </c>
       <c r="E789">
         <v>0</v>
       </c>
       <c r="F789">
-        <v>206.24</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" t="s">
-        <v>1938</v>
+        <v>804</v>
       </c>
       <c r="B790" s="1">
-        <v>3129180217415</v>
+        <v>8007403166281</v>
+      </c>
+      <c r="C790" t="s">
+        <v>805</v>
       </c>
       <c r="D790" t="s">
-        <v>1939</v>
+        <v>1935</v>
       </c>
       <c r="E790">
         <v>0</v>
       </c>
       <c r="F790">
-        <v>0.0</v>
+        <v>109.99</v>
       </c>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" t="s">
-        <v>1010</v>
+        <v>1027</v>
       </c>
       <c r="B791" s="1">
-        <v>84171153422</v>
+        <v>4211125368036</v>
       </c>
       <c r="C791" t="s">
-        <v>85</v>
+        <v>1028</v>
       </c>
       <c r="D791" t="s">
-        <v>1940</v>
+        <v>1936</v>
       </c>
       <c r="E791">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F791">
-        <v>0.0</v>
+        <v>339.28</v>
       </c>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" t="s">
-        <v>807</v>
+        <v>1937</v>
       </c>
       <c r="B792" s="1">
-        <v>8007403166281</v>
+        <v>4549292141085</v>
       </c>
       <c r="C792" t="s">
-        <v>808</v>
+        <v>1938</v>
       </c>
       <c r="D792" t="s">
+        <v>1939</v>
+      </c>
+      <c r="E792">
+        <v>0</v>
+      </c>
+      <c r="F792">
+        <v>1437.96</v>
+      </c>
+    </row>
+    <row r="793" spans="1:7">
+      <c r="B793" s="1"/>
+      <c r="C793" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D793" t="s">
         <v>1941</v>
       </c>
-      <c r="E792">
-[...18 lines deleted...]
-      </c>
       <c r="E793">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F793">
-        <v>339.28</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B794" s="1">
+        <v>5038948008692</v>
+      </c>
+      <c r="C794" t="s">
         <v>1943</v>
       </c>
-      <c r="B794" s="1">
-[...2 lines deleted...]
-      <c r="C794" t="s">
+      <c r="D794" t="s">
         <v>1944</v>
       </c>
-      <c r="D794" t="s">
+      <c r="E794">
+        <v>1</v>
+      </c>
+      <c r="F794">
+        <v>422.56</v>
+      </c>
+    </row>
+    <row r="795" spans="1:7">
+      <c r="A795" t="s">
         <v>1945</v>
       </c>
-      <c r="E794">
-[...7 lines deleted...]
-      <c r="B795" s="1"/>
+      <c r="B795" s="1">
+        <v>195161625206</v>
+      </c>
       <c r="C795" t="s">
         <v>1946</v>
       </c>
       <c r="D795" t="s">
         <v>1947</v>
       </c>
       <c r="E795">
         <v>0</v>
       </c>
       <c r="F795">
         <v>0.0</v>
       </c>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B796" s="1">
+        <v>4015588612329</v>
+      </c>
+      <c r="C796" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D796" t="s">
         <v>1948</v>
       </c>
-      <c r="B796" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E796">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F796">
-        <v>422.56</v>
+        <v>149.55</v>
       </c>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B797" s="1">
+        <v>3141725001440</v>
+      </c>
+      <c r="C797" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D797" t="s">
         <v>1951</v>
       </c>
-      <c r="B797" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E797">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F797">
         <v>0.0</v>
       </c>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" t="s">
-        <v>1095</v>
+        <v>1949</v>
       </c>
       <c r="B798" s="1">
-        <v>4015588612329</v>
+        <v>3141725001440</v>
       </c>
       <c r="C798" t="s">
-        <v>1096</v>
+        <v>1950</v>
       </c>
       <c r="D798" t="s">
-        <v>1954</v>
+        <v>1952</v>
       </c>
       <c r="E798">
         <v>0</v>
       </c>
       <c r="F798">
-        <v>149.55</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B799" s="1">
+        <v>5017534518203</v>
+      </c>
+      <c r="C799" t="s">
+        <v>1954</v>
+      </c>
+      <c r="D799" t="s">
         <v>1955</v>
       </c>
-      <c r="B799" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E799">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F799">
-        <v>0.0</v>
+        <v>201.94</v>
       </c>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="B800" s="1">
-        <v>3141725001440</v>
+        <v>8858741700480</v>
       </c>
       <c r="C800" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="D800" t="s">
         <v>1958</v>
       </c>
       <c r="E800">
         <v>0</v>
       </c>
       <c r="F800">
-        <v>0.0</v>
+        <v>292.43</v>
       </c>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" t="s">
-        <v>1959</v>
+        <v>1953</v>
       </c>
       <c r="B801" s="1">
         <v>5017534518203</v>
       </c>
       <c r="C801" t="s">
-        <v>1960</v>
+        <v>1954</v>
       </c>
       <c r="D801" t="s">
-        <v>1961</v>
+        <v>1959</v>
       </c>
       <c r="E801">
         <v>1</v>
       </c>
       <c r="F801">
         <v>201.94</v>
       </c>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B802" s="1">
+        <v>5017534918201</v>
+      </c>
+      <c r="C802" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D802" t="s">
         <v>1962</v>
       </c>
-      <c r="B802" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E802">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F802">
-        <v>292.43</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" t="s">
-        <v>1959</v>
-[...2 lines deleted...]
-        <v>5017534518203</v>
+        <v>1964</v>
+      </c>
+      <c r="B803" s="1" t="s">
+        <v>1963</v>
       </c>
       <c r="C803" t="s">
-        <v>1960</v>
+        <v>1965</v>
       </c>
       <c r="D803" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="E803">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F803">
-        <v>201.94</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="B804" s="1">
-        <v>5017534918201</v>
+        <v>841710123401</v>
       </c>
       <c r="C804" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="D804" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="E804">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F804">
-        <v>0.0</v>
+        <v>38.85</v>
       </c>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" t="s">
+        <v>952</v>
+      </c>
+      <c r="B805" s="1">
+        <v>4549292165678</v>
+      </c>
+      <c r="C805" t="s">
+        <v>953</v>
+      </c>
+      <c r="D805" t="s">
         <v>1970</v>
-      </c>
-[...7 lines deleted...]
-        <v>1972</v>
       </c>
       <c r="E805">
         <v>0</v>
       </c>
       <c r="F805">
         <v>0.0</v>
       </c>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" t="s">
-        <v>1973</v>
+        <v>959</v>
       </c>
       <c r="B806" s="1">
-        <v>841710123401</v>
+        <v>4549292143867</v>
       </c>
       <c r="C806" t="s">
-        <v>1974</v>
+        <v>960</v>
       </c>
       <c r="D806" t="s">
-        <v>1975</v>
+        <v>1971</v>
       </c>
       <c r="E806">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F806">
-        <v>38.85</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" t="s">
-        <v>955</v>
+        <v>1972</v>
       </c>
       <c r="B807" s="1">
-        <v>4549292165678</v>
+        <v>8715946702537</v>
       </c>
       <c r="C807" t="s">
-        <v>956</v>
+        <v>1973</v>
       </c>
       <c r="D807" t="s">
-        <v>1976</v>
+        <v>1974</v>
       </c>
       <c r="E807">
         <v>0</v>
       </c>
       <c r="F807">
-        <v>0.0</v>
+        <v>560.11</v>
       </c>
     </row>
     <row r="808" spans="1:7">
       <c r="A808" t="s">
-        <v>962</v>
+        <v>801</v>
       </c>
       <c r="B808" s="1">
-        <v>4549292143867</v>
+        <v>4211125424169</v>
       </c>
       <c r="C808" t="s">
-        <v>963</v>
+        <v>802</v>
       </c>
       <c r="D808" t="s">
-        <v>1977</v>
+        <v>1975</v>
       </c>
       <c r="E808">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F808">
-        <v>0.0</v>
+        <v>279.55</v>
       </c>
     </row>
     <row r="809" spans="1:7">
       <c r="A809" t="s">
-        <v>1978</v>
+        <v>1976</v>
       </c>
       <c r="B809" s="1">
-        <v>8715946702537</v>
-[...2 lines deleted...]
-        <v>1979</v>
+        <v>6975263668585</v>
       </c>
       <c r="D809" t="s">
-        <v>1980</v>
+        <v>1977</v>
       </c>
       <c r="E809">
-        <v>0</v>
+        <v>47</v>
       </c>
       <c r="F809">
-        <v>560.11</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="810" spans="1:7">
       <c r="A810" t="s">
-        <v>804</v>
+        <v>1978</v>
       </c>
       <c r="B810" s="1">
-        <v>4211125424169</v>
-[...2 lines deleted...]
-        <v>805</v>
+        <v>2023100400035</v>
       </c>
       <c r="D810" t="s">
-        <v>1981</v>
+        <v>1979</v>
       </c>
       <c r="E810">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="F810">
-        <v>279.55</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="811" spans="1:7">
       <c r="A811" t="s">
-        <v>1982</v>
+        <v>1980</v>
       </c>
       <c r="B811" s="1">
-        <v>6975263668585</v>
+        <v>6946554383036</v>
       </c>
       <c r="D811" t="s">
-        <v>1983</v>
+        <v>1981</v>
       </c>
       <c r="E811">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="F811">
         <v>0.0</v>
       </c>
     </row>
     <row r="812" spans="1:7">
       <c r="A812" t="s">
-        <v>1984</v>
+        <v>1982</v>
       </c>
       <c r="B812" s="1">
-        <v>2023100400035</v>
+        <v>8928262262405</v>
       </c>
       <c r="D812" t="s">
-        <v>1985</v>
+        <v>1983</v>
       </c>
       <c r="E812">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F812">
         <v>0.0</v>
       </c>
     </row>
     <row r="813" spans="1:7">
       <c r="A813" t="s">
-        <v>1986</v>
+        <v>1034</v>
       </c>
       <c r="B813" s="1">
-        <v>6946554383036</v>
+        <v>4211125431051</v>
+      </c>
+      <c r="C813" t="s">
+        <v>17</v>
       </c>
       <c r="D813" t="s">
-        <v>1987</v>
+        <v>1984</v>
       </c>
       <c r="E813">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="F813">
-        <v>0.0</v>
+        <v>431.17</v>
       </c>
     </row>
     <row r="814" spans="1:7">
       <c r="A814" t="s">
-        <v>1988</v>
+        <v>1985</v>
       </c>
       <c r="B814" s="1">
-        <v>8928262262405</v>
+        <v>5028252523219</v>
+      </c>
+      <c r="C814" t="s">
+        <v>1986</v>
       </c>
       <c r="D814" t="s">
-        <v>1989</v>
+        <v>1987</v>
       </c>
       <c r="E814">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F814">
-        <v>0.0</v>
+        <v>324.89</v>
       </c>
     </row>
     <row r="815" spans="1:7">
       <c r="A815" t="s">
-        <v>1037</v>
+        <v>1988</v>
       </c>
       <c r="B815" s="1">
-        <v>4211125431051</v>
+        <v>5010777147889</v>
       </c>
       <c r="C815" t="s">
-        <v>17</v>
+        <v>1989</v>
       </c>
       <c r="D815" t="s">
         <v>1990</v>
       </c>
       <c r="E815">
         <v>0</v>
       </c>
       <c r="F815">
-        <v>431.17</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="816" spans="1:7">
       <c r="A816" t="s">
+        <v>914</v>
+      </c>
+      <c r="B816" s="1">
+        <v>4015588889554</v>
+      </c>
+      <c r="C816" t="s">
+        <v>915</v>
+      </c>
+      <c r="D816" t="s">
         <v>1991</v>
       </c>
-      <c r="B816" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E816">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F816">
-        <v>324.89</v>
+        <v>313.73</v>
       </c>
     </row>
     <row r="817" spans="1:7">
       <c r="A817" t="s">
-        <v>1994</v>
+        <v>1669</v>
       </c>
       <c r="B817" s="1">
-        <v>5010777147889</v>
+        <v>5010777144055</v>
       </c>
       <c r="C817" t="s">
-        <v>1995</v>
+        <v>1670</v>
       </c>
       <c r="D817" t="s">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="E817">
         <v>0</v>
       </c>
       <c r="F817">
-        <v>0.0</v>
+        <v>838.41</v>
       </c>
     </row>
     <row r="818" spans="1:7">
       <c r="A818" t="s">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>4015588889554</v>
+        <v>1994</v>
+      </c>
+      <c r="B818" s="1" t="s">
+        <v>1993</v>
       </c>
       <c r="C818" t="s">
-        <v>918</v>
+        <v>1995</v>
       </c>
       <c r="D818" t="s">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="E818">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F818">
-        <v>313.73</v>
+        <v>1115.14</v>
       </c>
     </row>
     <row r="819" spans="1:7">
       <c r="A819" t="s">
-        <v>1675</v>
-[...2 lines deleted...]
-        <v>5010777144055</v>
+        <v>1998</v>
+      </c>
+      <c r="B819" s="1" t="s">
+        <v>1997</v>
       </c>
       <c r="C819" t="s">
-        <v>1676</v>
+        <v>1968</v>
       </c>
       <c r="D819" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="E819">
         <v>0</v>
       </c>
       <c r="F819">
-        <v>838.41</v>
+        <v>56.07</v>
       </c>
     </row>
     <row r="820" spans="1:7">
       <c r="A820" t="s">
+        <v>972</v>
+      </c>
+      <c r="B820" s="1">
+        <v>4015588883873</v>
+      </c>
+      <c r="C820" t="s">
+        <v>973</v>
+      </c>
+      <c r="D820" t="s">
         <v>2000</v>
       </c>
-      <c r="B820" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E820">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F820">
-        <v>1115.14</v>
+        <v>188.49</v>
       </c>
     </row>
     <row r="821" spans="1:7">
       <c r="A821" t="s">
-        <v>2004</v>
+        <v>1906</v>
       </c>
       <c r="B821" s="1" t="s">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="C821" t="s">
-        <v>1974</v>
+        <v>1907</v>
       </c>
       <c r="D821" t="s">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="E821">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F821">
-        <v>56.07</v>
+        <v>176.06</v>
       </c>
     </row>
     <row r="822" spans="1:7">
       <c r="A822" t="s">
-        <v>975</v>
+        <v>1459</v>
       </c>
       <c r="B822" s="1">
-        <v>4015588883873</v>
+        <v>4211125632335</v>
       </c>
       <c r="C822" t="s">
-        <v>976</v>
+        <v>94</v>
       </c>
       <c r="D822" t="s">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="E822">
         <v>0</v>
       </c>
       <c r="F822">
-        <v>188.49</v>
+        <v>151.85</v>
       </c>
     </row>
     <row r="823" spans="1:7">
       <c r="A823" t="s">
-        <v>1912</v>
-[...2 lines deleted...]
-        <v>2007</v>
+        <v>2004</v>
+      </c>
+      <c r="B823" s="1">
+        <v>4015588602771</v>
       </c>
       <c r="C823" t="s">
-        <v>1913</v>
+        <v>2005</v>
       </c>
       <c r="D823" t="s">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="E823">
         <v>1</v>
       </c>
       <c r="F823">
-        <v>176.06</v>
+        <v>325.95</v>
       </c>
     </row>
     <row r="824" spans="1:7">
       <c r="A824" t="s">
-        <v>1465</v>
+        <v>946</v>
       </c>
       <c r="B824" s="1">
-        <v>4211125632335</v>
+        <v>5010777139679</v>
       </c>
       <c r="C824" t="s">
-        <v>94</v>
+        <v>947</v>
       </c>
       <c r="D824" t="s">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="E824">
         <v>0</v>
       </c>
       <c r="F824">
-        <v>151.85</v>
+        <v>276.13</v>
       </c>
     </row>
     <row r="825" spans="1:7">
       <c r="A825" t="s">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="B825" s="1">
-        <v>4015588602771</v>
+        <v>4211125644130</v>
       </c>
       <c r="C825" t="s">
-        <v>2011</v>
+        <v>44</v>
       </c>
       <c r="D825" t="s">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="E825">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F825">
-        <v>325.95</v>
+        <v>196.37</v>
       </c>
     </row>
     <row r="826" spans="1:7">
       <c r="A826" t="s">
-        <v>949</v>
+        <v>2010</v>
       </c>
       <c r="B826" s="1">
-        <v>5010777139679</v>
+        <v>4211125533014</v>
       </c>
       <c r="C826" t="s">
-        <v>950</v>
+        <v>1055</v>
       </c>
       <c r="D826" t="s">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="E826">
         <v>0</v>
       </c>
       <c r="F826">
-        <v>276.13</v>
+        <v>158.24</v>
       </c>
     </row>
     <row r="827" spans="1:7">
       <c r="A827" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B827" s="1">
+        <v>4030152027118</v>
+      </c>
+      <c r="C827" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D827" t="s">
         <v>2014</v>
       </c>
-      <c r="B827" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E827">
         <v>0</v>
       </c>
       <c r="F827">
-        <v>196.37</v>
+        <v>325.92</v>
       </c>
     </row>
     <row r="828" spans="1:7">
       <c r="A828" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B828" s="1">
+        <v>4211125319120</v>
+      </c>
+      <c r="C828" t="s">
         <v>2016</v>
-      </c>
-[...4 lines deleted...]
-        <v>1058</v>
       </c>
       <c r="D828" t="s">
         <v>2017</v>
       </c>
       <c r="E828">
         <v>0</v>
       </c>
       <c r="F828">
-        <v>158.24</v>
+        <v>730.96</v>
       </c>
     </row>
     <row r="829" spans="1:7">
       <c r="A829" t="s">
         <v>2018</v>
       </c>
       <c r="B829" s="1">
-        <v>4030152027118</v>
+        <v>4030152027088</v>
       </c>
       <c r="C829" t="s">
         <v>2019</v>
       </c>
       <c r="D829" t="s">
         <v>2020</v>
       </c>
       <c r="E829">
         <v>0</v>
       </c>
       <c r="F829">
-        <v>325.92</v>
+        <v>217.7</v>
       </c>
     </row>
     <row r="830" spans="1:7">
       <c r="A830" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B830" s="1" t="s">
         <v>2021</v>
       </c>
-      <c r="B830" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C830" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="D830" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="E830">
         <v>0</v>
       </c>
       <c r="F830">
-        <v>730.96</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="831" spans="1:7">
       <c r="A831" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B831" s="1">
-        <v>4030152027088</v>
+        <v>195161618154</v>
       </c>
       <c r="C831" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="D831" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="E831">
         <v>0</v>
       </c>
       <c r="F831">
-        <v>217.7</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="832" spans="1:7">
       <c r="A832" t="s">
         <v>2028</v>
       </c>
-      <c r="B832" s="1" t="s">
-        <v>2027</v>
+      <c r="B832" s="1">
+        <v>195161625183</v>
       </c>
       <c r="C832" t="s">
         <v>2029</v>
       </c>
       <c r="D832" t="s">
         <v>2030</v>
       </c>
       <c r="E832">
         <v>0</v>
       </c>
       <c r="F832">
         <v>0.0</v>
       </c>
     </row>
     <row r="833" spans="1:7">
       <c r="A833" t="s">
         <v>2031</v>
       </c>
       <c r="B833" s="1">
-        <v>195161618154</v>
+        <v>195161213526</v>
       </c>
       <c r="C833" t="s">
         <v>2032</v>
       </c>
       <c r="D833" t="s">
         <v>2033</v>
       </c>
       <c r="E833">
         <v>0</v>
       </c>
       <c r="F833">
         <v>0.0</v>
       </c>
     </row>
     <row r="834" spans="1:7">
       <c r="A834" t="s">
         <v>2034</v>
       </c>
       <c r="B834" s="1">
-        <v>195161625183</v>
+        <v>3016661153358</v>
       </c>
       <c r="C834" t="s">
         <v>2035</v>
       </c>
       <c r="D834" t="s">
         <v>2036</v>
       </c>
       <c r="E834">
         <v>0</v>
       </c>
       <c r="F834">
-        <v>0.0</v>
+        <v>300.19</v>
       </c>
     </row>
     <row r="835" spans="1:7">
       <c r="A835" t="s">
         <v>2037</v>
       </c>
       <c r="B835" s="1">
-        <v>195161213526</v>
+        <v>195161213779</v>
       </c>
       <c r="C835" t="s">
         <v>2038</v>
       </c>
       <c r="D835" t="s">
         <v>2039</v>
       </c>
       <c r="E835">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F835">
-        <v>0.0</v>
+        <v>631.85</v>
       </c>
     </row>
     <row r="836" spans="1:7">
       <c r="A836" t="s">
         <v>2040</v>
       </c>
       <c r="B836" s="1">
-        <v>3016661153358</v>
+        <v>195161213915</v>
       </c>
       <c r="C836" t="s">
         <v>2041</v>
       </c>
       <c r="D836" t="s">
         <v>2042</v>
       </c>
       <c r="E836">
         <v>0</v>
       </c>
       <c r="F836">
-        <v>300.19</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="837" spans="1:7">
       <c r="A837" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B837" s="1">
+        <v>195161213915</v>
+      </c>
+      <c r="C837" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D837" t="s">
         <v>2043</v>
       </c>
-      <c r="B837" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E837">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F837">
-        <v>631.85</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="838" spans="1:7">
       <c r="A838" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B838" s="1">
+        <v>195161625435</v>
+      </c>
+      <c r="C838" t="s">
+        <v>2045</v>
+      </c>
+      <c r="D838" t="s">
         <v>2046</v>
       </c>
-      <c r="B838" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E838">
         <v>0</v>
       </c>
       <c r="F838">
-        <v>0.0</v>
+        <v>75.97</v>
       </c>
     </row>
     <row r="839" spans="1:7">
       <c r="A839" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="B839" s="1">
-        <v>195161213915</v>
+        <v>195161625176</v>
       </c>
       <c r="C839" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
       <c r="D839" t="s">
         <v>2049</v>
       </c>
       <c r="E839">
         <v>0</v>
       </c>
       <c r="F839">
         <v>0.0</v>
       </c>
     </row>
     <row r="840" spans="1:7">
       <c r="A840" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B840" s="1" t="s">
         <v>2050</v>
       </c>
-      <c r="B840" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C840" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="D840" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="E840">
         <v>0</v>
       </c>
       <c r="F840">
-        <v>75.97</v>
+        <v>1846.02</v>
       </c>
     </row>
     <row r="841" spans="1:7">
       <c r="A841" t="s">
-        <v>2053</v>
-[...2 lines deleted...]
-        <v>195161625176</v>
+        <v>2055</v>
+      </c>
+      <c r="B841" s="1" t="s">
+        <v>2054</v>
       </c>
       <c r="C841" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="D841" t="s">
-        <v>2055</v>
+        <v>2057</v>
       </c>
       <c r="E841">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F841">
-        <v>0.0</v>
+        <v>169.99</v>
       </c>
     </row>
     <row r="842" spans="1:7">
       <c r="A842" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="B842" s="1" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
       <c r="C842" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="D842" t="s">
-        <v>2059</v>
+        <v>2061</v>
       </c>
       <c r="E842">
         <v>0</v>
       </c>
       <c r="F842">
-        <v>1846.02</v>
+        <v>409.0</v>
       </c>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" t="s">
-        <v>2061</v>
-[...2 lines deleted...]
-        <v>2060</v>
+        <v>2062</v>
+      </c>
+      <c r="B843" s="1">
+        <v>4895229108400</v>
       </c>
       <c r="C843" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="D843" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="E843">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F843">
-        <v>169.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B844" s="1">
+        <v>4015588883880</v>
+      </c>
+      <c r="C844" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D844" t="s">
         <v>2065</v>
       </c>
-      <c r="B844" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C844" t="s">
+      <c r="E844">
+        <v>0</v>
+      </c>
+      <c r="F844">
+        <v>154.19</v>
+      </c>
+      <c r="G844" t="s">
         <v>2066</v>
-      </c>
-[...7 lines deleted...]
-        <v>409.0</v>
       </c>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" t="s">
+        <v>2067</v>
+      </c>
+      <c r="B845" s="1">
+        <v>3661276148789</v>
+      </c>
+      <c r="C845" t="s">
         <v>2068</v>
       </c>
-      <c r="B845" s="1">
-[...2 lines deleted...]
-      <c r="C845" t="s">
+      <c r="D845" t="s">
         <v>2069</v>
       </c>
-      <c r="D845" t="s">
+      <c r="E845">
+        <v>0</v>
+      </c>
+      <c r="F845">
+        <v>149.0</v>
+      </c>
+      <c r="G845" t="s">
         <v>2070</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" t="s">
-        <v>1305</v>
+        <v>2071</v>
       </c>
       <c r="B846" s="1">
-        <v>4015588883880</v>
+        <v>3661276179820</v>
       </c>
       <c r="C846" t="s">
-        <v>1306</v>
+        <v>2072</v>
       </c>
       <c r="D846" t="s">
-        <v>2071</v>
+        <v>2073</v>
       </c>
       <c r="E846">
         <v>0</v>
       </c>
       <c r="F846">
-        <v>154.19</v>
+        <v>141.0</v>
       </c>
       <c r="G846" t="s">
-        <v>2072</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" t="s">
-        <v>2073</v>
+        <v>2067</v>
       </c>
       <c r="B847" s="1">
         <v>3661276148789</v>
       </c>
       <c r="C847" t="s">
-        <v>2074</v>
+        <v>2068</v>
       </c>
       <c r="D847" t="s">
         <v>2075</v>
       </c>
       <c r="E847">
         <v>0</v>
       </c>
       <c r="F847">
-        <v>149.0</v>
+        <v>140.49</v>
       </c>
       <c r="G847" t="s">
         <v>2076</v>
       </c>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" t="s">
         <v>2077</v>
       </c>
       <c r="B848" s="1">
-        <v>3661276179820</v>
+        <v>8058664129577</v>
       </c>
       <c r="C848" t="s">
         <v>2078</v>
       </c>
       <c r="D848" t="s">
         <v>2079</v>
       </c>
       <c r="E848">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F848">
-        <v>141.0</v>
+        <v>71.4</v>
       </c>
       <c r="G848" t="s">
         <v>2080</v>
       </c>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" t="s">
-        <v>2073</v>
+        <v>2081</v>
       </c>
       <c r="B849" s="1">
-        <v>3661276148789</v>
+        <v>8007403168742</v>
       </c>
       <c r="C849" t="s">
-        <v>2074</v>
+        <v>2082</v>
       </c>
       <c r="D849" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="E849">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F849">
-        <v>140.49</v>
+        <v>60.0</v>
       </c>
       <c r="G849" t="s">
-        <v>2082</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" t="s">
-        <v>2083</v>
+        <v>1045</v>
       </c>
       <c r="B850" s="1">
-        <v>8058664129577</v>
+        <v>4211125531065</v>
       </c>
       <c r="C850" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D850" t="s">
         <v>2084</v>
       </c>
-      <c r="D850" t="s">
+      <c r="E850">
+        <v>0</v>
+      </c>
+      <c r="F850">
+        <v>44.98</v>
+      </c>
+      <c r="G850" t="s">
         <v>2085</v>
-      </c>
-[...7 lines deleted...]
-        <v>2086</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" t="s">
+        <v>2086</v>
+      </c>
+      <c r="B851" s="1"/>
+      <c r="C851" t="s">
         <v>2087</v>
       </c>
-      <c r="B851" s="1">
-[...2 lines deleted...]
-      <c r="C851" t="s">
+      <c r="D851" t="s">
         <v>2088</v>
       </c>
-      <c r="D851" t="s">
+      <c r="E851">
+        <v>0</v>
+      </c>
+      <c r="F851">
+        <v>37.01</v>
+      </c>
+      <c r="G851" t="s">
         <v>2089</v>
-      </c>
-[...7 lines deleted...]
-        <v>2082</v>
       </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" t="s">
-        <v>1048</v>
+        <v>2090</v>
       </c>
       <c r="B852" s="1">
-        <v>4211125531065</v>
+        <v>8436036556334</v>
       </c>
       <c r="C852" t="s">
-        <v>1049</v>
+        <v>2091</v>
       </c>
       <c r="D852" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="E852">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F852">
-        <v>44.98</v>
+        <v>35.95</v>
       </c>
       <c r="G852" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" t="s">
-        <v>2092</v>
-[...1 lines deleted...]
-      <c r="B853" s="1"/>
+        <v>2094</v>
+      </c>
+      <c r="B853" s="1">
+        <v>8436035343096</v>
+      </c>
       <c r="C853" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="D853" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="E853">
         <v>0</v>
       </c>
       <c r="F853">
-        <v>37.01</v>
+        <v>30.95</v>
       </c>
       <c r="G853" t="s">
-        <v>2095</v>
+        <v>2085</v>
       </c>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="B854" s="1">
-        <v>8436036556334</v>
+        <v>8436599037882</v>
       </c>
       <c r="C854" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="D854" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="E854">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F854">
-        <v>35.95</v>
+        <v>30.73</v>
       </c>
       <c r="G854" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="B855" s="1">
-        <v>8436035343096</v>
+        <v>9157553359237</v>
       </c>
       <c r="C855" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
       <c r="D855" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="E855">
         <v>0</v>
       </c>
       <c r="F855">
-        <v>30.95</v>
+        <v>29.4</v>
       </c>
       <c r="G855" t="s">
-        <v>2091</v>
+        <v>2104</v>
       </c>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" t="s">
-        <v>2103</v>
+        <v>2105</v>
       </c>
       <c r="B856" s="1">
-        <v>8436599037882</v>
+        <v>5902670969913</v>
       </c>
       <c r="C856" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="D856" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="E856">
         <v>0</v>
       </c>
       <c r="F856">
-        <v>30.73</v>
+        <v>21.98</v>
       </c>
       <c r="G856" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" t="s">
-        <v>2107</v>
+        <v>2109</v>
       </c>
       <c r="B857" s="1">
-        <v>9157553359237</v>
+        <v>8436531911201</v>
       </c>
       <c r="C857" t="s">
-        <v>2108</v>
+        <v>2110</v>
       </c>
       <c r="D857" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
       <c r="E857">
         <v>0</v>
       </c>
       <c r="F857">
-        <v>29.4</v>
+        <v>21.41</v>
       </c>
       <c r="G857" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" t="s">
-        <v>2111</v>
+        <v>2113</v>
       </c>
       <c r="B858" s="1">
-        <v>5902670969913</v>
+        <v>6943757612796</v>
       </c>
       <c r="C858" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="D858" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="E858">
         <v>0</v>
       </c>
       <c r="F858">
-        <v>21.98</v>
-[...2 lines deleted...]
-        <v>2114</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" t="s">
-        <v>2115</v>
-[...3 lines deleted...]
-      </c>
+        <v>2116</v>
+      </c>
+      <c r="B859" s="1"/>
       <c r="C859" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
       <c r="D859" t="s">
-        <v>2117</v>
+        <v>2118</v>
       </c>
       <c r="E859">
         <v>0</v>
       </c>
       <c r="F859">
-        <v>21.41</v>
-[...2 lines deleted...]
-        <v>2118</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" t="s">
         <v>2119</v>
       </c>
       <c r="B860" s="1">
-        <v>6943757612796</v>
+        <v>5028318010820</v>
       </c>
       <c r="C860" t="s">
         <v>2120</v>
       </c>
       <c r="D860" t="s">
         <v>2121</v>
       </c>
       <c r="E860">
         <v>0</v>
       </c>
       <c r="F860">
-        <v>0.0</v>
+        <v>178.1</v>
       </c>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" t="s">
         <v>2122</v>
       </c>
       <c r="B861" s="1"/>
       <c r="C861" t="s">
         <v>2123</v>
       </c>
       <c r="D861" t="s">
         <v>2124</v>
       </c>
       <c r="E861">
         <v>0</v>
       </c>
       <c r="F861">
         <v>0.0</v>
       </c>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" t="s">
         <v>2125</v>
       </c>
       <c r="B862" s="1">
-        <v>5028318010820</v>
+        <v>4006325508425</v>
       </c>
       <c r="C862" t="s">
         <v>2126</v>
       </c>
       <c r="D862" t="s">
         <v>2127</v>
       </c>
       <c r="E862">
         <v>0</v>
       </c>
       <c r="F862">
-        <v>178.1</v>
+        <v>124.26</v>
       </c>
     </row>
     <row r="863" spans="1:7">
       <c r="A863" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B863" s="1" t="s">
         <v>2128</v>
       </c>
-      <c r="B863" s="1"/>
       <c r="C863" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="D863" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
       <c r="E863">
         <v>0</v>
       </c>
       <c r="F863">
         <v>0.0</v>
       </c>
     </row>
     <row r="864" spans="1:7">
       <c r="A864" t="s">
-        <v>2131</v>
+        <v>2132</v>
       </c>
       <c r="B864" s="1">
-        <v>4006325508425</v>
+        <v>9003117053786</v>
       </c>
       <c r="C864" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="D864" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
       <c r="E864">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F864">
-        <v>124.26</v>
+        <v>219.11</v>
       </c>
     </row>
     <row r="865" spans="1:7">
       <c r="A865" t="s">
         <v>2135</v>
       </c>
-      <c r="B865" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B865" s="1"/>
       <c r="C865" t="s">
         <v>2136</v>
       </c>
       <c r="D865" t="s">
         <v>2137</v>
       </c>
       <c r="E865">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F865">
         <v>0.0</v>
       </c>
     </row>
     <row r="866" spans="1:7">
       <c r="A866" t="s">
         <v>2138</v>
       </c>
       <c r="B866" s="1">
-        <v>9003117053786</v>
+        <v>4016032222613</v>
       </c>
       <c r="C866" t="s">
         <v>2139</v>
       </c>
       <c r="D866" t="s">
         <v>2140</v>
       </c>
       <c r="E866">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F866">
-        <v>219.11</v>
+        <v>138.54</v>
       </c>
     </row>
     <row r="867" spans="1:7">
       <c r="A867" t="s">
         <v>2141</v>
       </c>
-      <c r="B867" s="1"/>
+      <c r="B867" s="1">
+        <v>3760119739105</v>
+      </c>
       <c r="C867" t="s">
         <v>2142</v>
       </c>
       <c r="D867" t="s">
         <v>2143</v>
       </c>
       <c r="E867">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F867">
-        <v>0.0</v>
+        <v>503.95</v>
       </c>
     </row>
     <row r="868" spans="1:7">
       <c r="A868" t="s">
         <v>2144</v>
       </c>
       <c r="B868" s="1">
-        <v>4016032222613</v>
+        <v>4007923597378</v>
       </c>
       <c r="C868" t="s">
         <v>2145</v>
       </c>
       <c r="D868" t="s">
         <v>2146</v>
       </c>
       <c r="E868">
         <v>0</v>
       </c>
       <c r="F868">
-        <v>138.54</v>
+        <v>245.09</v>
       </c>
     </row>
     <row r="869" spans="1:7">
       <c r="A869" t="s">
         <v>2147</v>
       </c>
       <c r="B869" s="1">
-        <v>3760119739105</v>
+        <v>4250510307472</v>
       </c>
       <c r="C869" t="s">
         <v>2148</v>
       </c>
       <c r="D869" t="s">
         <v>2149</v>
       </c>
       <c r="E869">
         <v>0</v>
       </c>
       <c r="F869">
-        <v>503.95</v>
+        <v>172.7</v>
       </c>
     </row>
     <row r="870" spans="1:7">
-      <c r="A870" t="s">
+      <c r="B870" s="1">
+        <v>8711245148793</v>
+      </c>
+      <c r="C870" t="s">
         <v>2150</v>
       </c>
-      <c r="B870" s="1">
-[...2 lines deleted...]
-      <c r="C870" t="s">
+      <c r="D870" t="s">
         <v>2151</v>
       </c>
-      <c r="D870" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E870">
         <v>0</v>
       </c>
       <c r="F870">
-        <v>245.09</v>
+        <v>219.34</v>
       </c>
     </row>
     <row r="871" spans="1:7">
       <c r="A871" t="s">
+        <v>997</v>
+      </c>
+      <c r="B871" s="1">
+        <v>4009729069066</v>
+      </c>
+      <c r="C871" t="s">
+        <v>998</v>
+      </c>
+      <c r="D871" t="s">
+        <v>2152</v>
+      </c>
+      <c r="E871">
+        <v>0</v>
+      </c>
+      <c r="F871">
+        <v>190.04</v>
+      </c>
+    </row>
+    <row r="872" spans="1:7">
+      <c r="A872" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B872" s="1">
+        <v>8436584361015</v>
+      </c>
+      <c r="C872" t="s">
+        <v>1915</v>
+      </c>
+      <c r="D872" t="s">
         <v>2153</v>
       </c>
-      <c r="B871" s="1">
-[...24 lines deleted...]
-      </c>
       <c r="E872">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F872">
-        <v>219.34</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="873" spans="1:7">
       <c r="A873" t="s">
-        <v>1000</v>
-[...3 lines deleted...]
-      </c>
+        <v>2154</v>
+      </c>
+      <c r="B873" s="1"/>
       <c r="C873" t="s">
-        <v>1001</v>
+        <v>2155</v>
       </c>
       <c r="D873" t="s">
-        <v>2158</v>
+        <v>2156</v>
       </c>
       <c r="E873">
         <v>0</v>
       </c>
       <c r="F873">
-        <v>190.04</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="874" spans="1:7">
       <c r="A874" t="s">
-        <v>1920</v>
+        <v>2157</v>
       </c>
       <c r="B874" s="1">
-        <v>8436584361015</v>
-[...2 lines deleted...]
-        <v>1921</v>
+        <v>5708309151717</v>
       </c>
       <c r="D874" t="s">
-        <v>2159</v>
+        <v>2158</v>
       </c>
       <c r="E874">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="F874">
-        <v>39.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="875" spans="1:7">
       <c r="A875" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B875" s="1">
+        <v>4000984901429</v>
+      </c>
+      <c r="C875" t="s">
         <v>2160</v>
       </c>
-      <c r="B875" s="1"/>
-      <c r="C875" t="s">
+      <c r="D875" t="s">
         <v>2161</v>
       </c>
-      <c r="D875" t="s">
+      <c r="E875">
+        <v>0</v>
+      </c>
+      <c r="F875">
+        <v>259.9</v>
+      </c>
+      <c r="G875" t="s">
         <v>2162</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="876" spans="1:7">
       <c r="A876" t="s">
         <v>2163</v>
       </c>
       <c r="B876" s="1">
-        <v>5708309151717</v>
+        <v>4063486033562</v>
+      </c>
+      <c r="C876" t="s">
+        <v>2164</v>
       </c>
       <c r="D876" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="E876">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="F876">
-        <v>0.0</v>
+        <v>228.95</v>
+      </c>
+      <c r="G876" t="s">
+        <v>2162</v>
       </c>
     </row>
     <row r="877" spans="1:7">
       <c r="A877" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
       <c r="B877" s="1">
-        <v>4000984901429</v>
+        <v>8420421090718</v>
       </c>
       <c r="C877" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
       <c r="D877" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="E877">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F877">
-        <v>259.9</v>
+        <v>159.95</v>
       </c>
       <c r="G877" t="s">
-        <v>2168</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="878" spans="1:7">
       <c r="A878" t="s">
         <v>2169</v>
       </c>
       <c r="B878" s="1">
-        <v>4063486033562</v>
+        <v>5903771704373</v>
       </c>
       <c r="C878" t="s">
         <v>2170</v>
       </c>
       <c r="D878" t="s">
         <v>2171</v>
       </c>
       <c r="E878">
         <v>0</v>
       </c>
       <c r="F878">
-        <v>228.95</v>
+        <v>104.99</v>
       </c>
       <c r="G878" t="s">
-        <v>2168</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="879" spans="1:7">
       <c r="A879" t="s">
         <v>2172</v>
       </c>
       <c r="B879" s="1">
-        <v>8420421090718</v>
+        <v>5903771705509</v>
       </c>
       <c r="C879" t="s">
         <v>2173</v>
       </c>
       <c r="D879" t="s">
         <v>2174</v>
       </c>
       <c r="E879">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F879">
-        <v>159.95</v>
+        <v>89.99</v>
       </c>
       <c r="G879" t="s">
-        <v>2168</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="880" spans="1:7">
       <c r="A880" t="s">
         <v>2175</v>
       </c>
       <c r="B880" s="1">
-        <v>5903771704373</v>
+        <v>4007923661130</v>
       </c>
       <c r="C880" t="s">
         <v>2176</v>
       </c>
       <c r="D880" t="s">
         <v>2177</v>
       </c>
       <c r="E880">
         <v>0</v>
       </c>
       <c r="F880">
-        <v>104.99</v>
+        <v>88.25</v>
       </c>
       <c r="G880" t="s">
-        <v>2168</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="881" spans="1:7">
       <c r="A881" t="s">
         <v>2178</v>
       </c>
       <c r="B881" s="1">
-        <v>5903771705509</v>
+        <v>5903771704205</v>
       </c>
       <c r="C881" t="s">
         <v>2179</v>
       </c>
       <c r="D881" t="s">
         <v>2180</v>
       </c>
       <c r="E881">
         <v>0</v>
       </c>
       <c r="F881">
-        <v>89.99</v>
+        <v>78.74</v>
       </c>
       <c r="G881" t="s">
-        <v>2168</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="882" spans="1:7">
       <c r="A882" t="s">
+        <v>2178</v>
+      </c>
+      <c r="B882" s="1">
+        <v>5903771704205</v>
+      </c>
+      <c r="C882" t="s">
+        <v>2179</v>
+      </c>
+      <c r="D882" t="s">
         <v>2181</v>
       </c>
-      <c r="B882" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E882">
         <v>0</v>
       </c>
       <c r="F882">
-        <v>88.25</v>
+        <v>78.74</v>
       </c>
       <c r="G882" t="s">
-        <v>2168</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="883" spans="1:7">
       <c r="A883" t="s">
-        <v>2184</v>
+        <v>2077</v>
       </c>
       <c r="B883" s="1">
-        <v>5903771704205</v>
+        <v>8058664129577</v>
       </c>
       <c r="C883" t="s">
-        <v>2185</v>
+        <v>2078</v>
       </c>
       <c r="D883" t="s">
-        <v>2186</v>
+        <v>2182</v>
       </c>
       <c r="E883">
         <v>0</v>
       </c>
       <c r="F883">
-        <v>78.74</v>
+        <v>69.81</v>
       </c>
       <c r="G883" t="s">
-        <v>2168</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="884" spans="1:7">
       <c r="A884" t="s">
         <v>2184</v>
       </c>
       <c r="B884" s="1">
-        <v>5903771704205</v>
+        <v>8058664129539</v>
       </c>
       <c r="C884" t="s">
         <v>2185</v>
       </c>
       <c r="D884" t="s">
+        <v>2186</v>
+      </c>
+      <c r="E884">
+        <v>0</v>
+      </c>
+      <c r="F884">
+        <v>59.99</v>
+      </c>
+      <c r="G884" t="s">
         <v>2187</v>
-      </c>
-[...7 lines deleted...]
-        <v>2168</v>
       </c>
     </row>
     <row r="885" spans="1:7">
       <c r="A885" t="s">
-        <v>2083</v>
+        <v>2184</v>
       </c>
       <c r="B885" s="1">
-        <v>8058664129577</v>
+        <v>8058664129539</v>
       </c>
       <c r="C885" t="s">
-        <v>2084</v>
+        <v>2185</v>
       </c>
       <c r="D885" t="s">
         <v>2188</v>
       </c>
       <c r="E885">
         <v>0</v>
       </c>
       <c r="F885">
-        <v>69.81</v>
+        <v>59.99</v>
       </c>
       <c r="G885" t="s">
-        <v>2189</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="886" spans="1:7">
       <c r="A886" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B886" s="1">
+        <v>3661276160620</v>
+      </c>
+      <c r="C886" t="s">
         <v>2190</v>
       </c>
-      <c r="B886" s="1">
-[...2 lines deleted...]
-      <c r="C886" t="s">
+      <c r="D886" t="s">
         <v>2191</v>
       </c>
-      <c r="D886" t="s">
+      <c r="E886">
+        <v>1</v>
+      </c>
+      <c r="F886">
+        <v>57.08</v>
+      </c>
+      <c r="G886" t="s">
         <v>2192</v>
-      </c>
-[...7 lines deleted...]
-        <v>2193</v>
       </c>
     </row>
     <row r="887" spans="1:7">
       <c r="A887" t="s">
-        <v>2190</v>
+        <v>2193</v>
       </c>
       <c r="B887" s="1">
-        <v>8058664129539</v>
+        <v>7290108861181</v>
       </c>
       <c r="C887" t="s">
-        <v>2191</v>
+        <v>2194</v>
       </c>
       <c r="D887" t="s">
-        <v>2194</v>
+        <v>2195</v>
       </c>
       <c r="E887">
         <v>0</v>
       </c>
       <c r="F887">
-        <v>59.99</v>
+        <v>56.9</v>
       </c>
       <c r="G887" t="s">
-        <v>2193</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="888" spans="1:7">
       <c r="A888" t="s">
-        <v>2195</v>
-[...2 lines deleted...]
-        <v>3661276160620</v>
+        <v>2197</v>
+      </c>
+      <c r="B888" s="1" t="s">
+        <v>2196</v>
       </c>
       <c r="C888" t="s">
-        <v>2196</v>
+        <v>2198</v>
       </c>
       <c r="D888" t="s">
-        <v>2197</v>
+        <v>2199</v>
       </c>
       <c r="E888">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F888">
-        <v>57.08</v>
+        <v>50.37</v>
       </c>
       <c r="G888" t="s">
-        <v>2198</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="889" spans="1:7">
       <c r="A889" t="s">
-        <v>2199</v>
-[...2 lines deleted...]
-        <v>7290108861181</v>
+        <v>2202</v>
+      </c>
+      <c r="B889" s="1" t="s">
+        <v>2201</v>
       </c>
       <c r="C889" t="s">
-        <v>2200</v>
+        <v>2203</v>
       </c>
       <c r="D889" t="s">
-        <v>2201</v>
+        <v>2204</v>
       </c>
       <c r="E889">
         <v>0</v>
       </c>
       <c r="F889">
-        <v>56.9</v>
+        <v>48.95</v>
       </c>
       <c r="G889" t="s">
-        <v>2168</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="890" spans="1:7">
       <c r="A890" t="s">
-        <v>2203</v>
-[...2 lines deleted...]
-        <v>2202</v>
+        <v>2206</v>
+      </c>
+      <c r="B890" s="1">
+        <v>5902533923151</v>
       </c>
       <c r="C890" t="s">
-        <v>2204</v>
+        <v>2207</v>
       </c>
       <c r="D890" t="s">
-        <v>2205</v>
+        <v>2208</v>
       </c>
       <c r="E890">
         <v>0</v>
       </c>
       <c r="F890">
-        <v>50.37</v>
+        <v>47.66</v>
       </c>
       <c r="G890" t="s">
-        <v>2206</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="891" spans="1:7">
       <c r="A891" t="s">
-        <v>2208</v>
-[...2 lines deleted...]
-        <v>2207</v>
+        <v>2209</v>
+      </c>
+      <c r="B891" s="1">
+        <v>8420421087190</v>
       </c>
       <c r="C891" t="s">
-        <v>2209</v>
+        <v>2210</v>
       </c>
       <c r="D891" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="E891">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F891">
-        <v>48.95</v>
+        <v>33.95</v>
       </c>
       <c r="G891" t="s">
-        <v>2211</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="892" spans="1:7">
       <c r="A892" t="s">
         <v>2212</v>
       </c>
       <c r="B892" s="1">
-        <v>5902533923151</v>
+        <v>3220660237951</v>
       </c>
       <c r="C892" t="s">
         <v>2213</v>
       </c>
       <c r="D892" t="s">
         <v>2214</v>
       </c>
       <c r="E892">
         <v>0</v>
       </c>
       <c r="F892">
-        <v>47.66</v>
+        <v>32.0</v>
       </c>
       <c r="G892" t="s">
-        <v>2168</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="893" spans="1:7">
       <c r="A893" t="s">
         <v>2215</v>
       </c>
       <c r="B893" s="1">
-        <v>8420421087190</v>
+        <v>8420421058091</v>
       </c>
       <c r="C893" t="s">
         <v>2216</v>
       </c>
       <c r="D893" t="s">
         <v>2217</v>
       </c>
       <c r="E893">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F893">
-        <v>33.95</v>
+        <v>30.13</v>
       </c>
       <c r="G893" t="s">
-        <v>2168</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="894" spans="1:7">
       <c r="A894" t="s">
+        <v>2101</v>
+      </c>
+      <c r="B894" s="1">
+        <v>9157553359237</v>
+      </c>
+      <c r="C894" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D894" t="s">
         <v>2218</v>
       </c>
-      <c r="B894" s="1">
-[...2 lines deleted...]
-      <c r="C894" t="s">
+      <c r="E894">
+        <v>0</v>
+      </c>
+      <c r="F894">
+        <v>29.4</v>
+      </c>
+      <c r="G894" t="s">
         <v>2219</v>
-      </c>
-[...10 lines deleted...]
-        <v>2168</v>
       </c>
     </row>
     <row r="895" spans="1:7">
       <c r="A895" t="s">
         <v>2221</v>
       </c>
-      <c r="B895" s="1">
-        <v>8420421058091</v>
+      <c r="B895" s="1" t="s">
+        <v>2220</v>
       </c>
       <c r="C895" t="s">
         <v>2222</v>
       </c>
       <c r="D895" t="s">
         <v>2223</v>
       </c>
       <c r="E895">
         <v>0</v>
       </c>
       <c r="F895">
-        <v>30.13</v>
+        <v>27.68</v>
       </c>
       <c r="G895" t="s">
-        <v>2168</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="896" spans="1:7">
       <c r="A896" t="s">
-        <v>2107</v>
-[...3 lines deleted...]
-      </c>
+        <v>2225</v>
+      </c>
+      <c r="B896" s="1"/>
       <c r="C896" t="s">
-        <v>2108</v>
+        <v>2226</v>
       </c>
       <c r="D896" t="s">
-        <v>2224</v>
+        <v>2227</v>
       </c>
       <c r="E896">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F896">
-        <v>29.4</v>
+        <v>24.75</v>
       </c>
       <c r="G896" t="s">
-        <v>2225</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="897" spans="1:7">
       <c r="A897" t="s">
-        <v>2227</v>
-[...3 lines deleted...]
-      </c>
+        <v>2229</v>
+      </c>
+      <c r="B897" s="1"/>
       <c r="C897" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="D897" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="E897">
         <v>0</v>
       </c>
       <c r="F897">
-        <v>27.68</v>
+        <v>22.93</v>
       </c>
       <c r="G897" t="s">
-        <v>2230</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="898" spans="1:7">
       <c r="A898" t="s">
-        <v>2231</v>
-[...1 lines deleted...]
-      <c r="B898" s="1"/>
+        <v>2234</v>
+      </c>
+      <c r="B898" s="1" t="s">
+        <v>2233</v>
+      </c>
       <c r="C898" t="s">
-        <v>2232</v>
+        <v>2235</v>
       </c>
       <c r="D898" t="s">
-        <v>2233</v>
+        <v>2236</v>
       </c>
       <c r="E898">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F898">
-        <v>24.75</v>
+        <v>17.99</v>
       </c>
       <c r="G898" t="s">
-        <v>2234</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="899" spans="1:7">
       <c r="A899" t="s">
-        <v>2235</v>
-[...1 lines deleted...]
-      <c r="B899" s="1"/>
+        <v>650</v>
+      </c>
+      <c r="B899" s="1">
+        <v>5010415520012</v>
+      </c>
       <c r="C899" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
       <c r="D899" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="E899">
         <v>0</v>
       </c>
       <c r="F899">
-        <v>22.93</v>
+        <v>14.99</v>
       </c>
       <c r="G899" t="s">
-        <v>2238</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="900" spans="1:7">
       <c r="A900" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B900" s="1">
+        <v>4015588883637</v>
+      </c>
+      <c r="C900" t="s">
         <v>2240</v>
       </c>
-      <c r="B900" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C900" t="s">
+      <c r="D900" t="s">
         <v>2241</v>
       </c>
-      <c r="D900" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E900">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F900">
-        <v>17.99</v>
-[...2 lines deleted...]
-        <v>2230</v>
+        <v>166.95</v>
       </c>
     </row>
     <row r="901" spans="1:7">
       <c r="A901" t="s">
-        <v>650</v>
-[...4 lines deleted...]
-      <c r="C901" t="s">
         <v>2243</v>
+      </c>
+      <c r="B901" s="1" t="s">
+        <v>2242</v>
       </c>
       <c r="D901" t="s">
         <v>2244</v>
       </c>
       <c r="E901">
         <v>0</v>
       </c>
       <c r="F901">
-        <v>14.99</v>
-[...2 lines deleted...]
-        <v>2189</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="902" spans="1:7">
       <c r="A902" t="s">
         <v>2245</v>
       </c>
       <c r="B902" s="1">
-        <v>4015588883637</v>
+        <v>8033224600611</v>
       </c>
       <c r="C902" t="s">
         <v>2246</v>
       </c>
       <c r="D902" t="s">
         <v>2247</v>
       </c>
       <c r="E902">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F902">
-        <v>166.95</v>
+        <v>283.34</v>
       </c>
     </row>
     <row r="903" spans="1:7">
       <c r="A903" t="s">
+        <v>2248</v>
+      </c>
+      <c r="B903" s="1">
+        <v>5600442814125</v>
+      </c>
+      <c r="C903" t="s">
         <v>2249</v>
-      </c>
-[...1 lines deleted...]
-        <v>2248</v>
       </c>
       <c r="D903" t="s">
         <v>2250</v>
       </c>
       <c r="E903">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F903">
-        <v>0.0</v>
+        <v>111.64</v>
       </c>
     </row>
     <row r="904" spans="1:7">
       <c r="A904" t="s">
         <v>2251</v>
       </c>
       <c r="B904" s="1">
-        <v>8033224600611</v>
+        <v>4007885005331</v>
       </c>
       <c r="C904" t="s">
         <v>2252</v>
       </c>
       <c r="D904" t="s">
         <v>2253</v>
       </c>
       <c r="E904">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F904">
-        <v>283.34</v>
+        <v>474.93</v>
       </c>
     </row>
     <row r="905" spans="1:7">
       <c r="A905" t="s">
         <v>2254</v>
       </c>
       <c r="B905" s="1">
-        <v>5600442814125</v>
+        <v>8001348103141</v>
       </c>
       <c r="C905" t="s">
         <v>2255</v>
       </c>
       <c r="D905" t="s">
         <v>2256</v>
       </c>
       <c r="E905">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F905">
-        <v>111.64</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="906" spans="1:7">
       <c r="A906" t="s">
         <v>2257</v>
       </c>
       <c r="B906" s="1">
-        <v>4007885005331</v>
+        <v>4030152028016</v>
       </c>
       <c r="C906" t="s">
         <v>2258</v>
       </c>
       <c r="D906" t="s">
         <v>2259</v>
       </c>
       <c r="E906">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F906">
-        <v>474.93</v>
+        <v>296.47</v>
       </c>
     </row>
     <row r="907" spans="1:7">
       <c r="A907" t="s">
         <v>2260</v>
       </c>
       <c r="B907" s="1">
-        <v>8001348103141</v>
+        <v>5028252523271</v>
       </c>
       <c r="C907" t="s">
         <v>2261</v>
       </c>
       <c r="D907" t="s">
         <v>2262</v>
       </c>
       <c r="E907">
         <v>0</v>
       </c>
       <c r="F907">
-        <v>0.0</v>
+        <v>431.59</v>
       </c>
     </row>
     <row r="908" spans="1:7">
       <c r="A908" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B908" s="1" t="s">
         <v>2263</v>
       </c>
-      <c r="B908" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C908" t="s">
-        <v>2264</v>
+        <v>2265</v>
       </c>
       <c r="D908" t="s">
-        <v>2265</v>
+        <v>2266</v>
       </c>
       <c r="E908">
         <v>0</v>
       </c>
       <c r="F908">
-        <v>296.47</v>
+        <v>303.16</v>
       </c>
     </row>
     <row r="909" spans="1:7">
       <c r="A909" t="s">
-        <v>2266</v>
+        <v>2267</v>
       </c>
       <c r="B909" s="1">
-        <v>5028252523271</v>
+        <v>5028252523301</v>
       </c>
       <c r="C909" t="s">
-        <v>2267</v>
+        <v>2268</v>
       </c>
       <c r="D909" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
       <c r="E909">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F909">
-        <v>431.59</v>
+        <v>647.74</v>
       </c>
     </row>
     <row r="910" spans="1:7">
       <c r="A910" t="s">
+        <v>1985</v>
+      </c>
+      <c r="B910" s="1">
+        <v>5028252523219</v>
+      </c>
+      <c r="C910" t="s">
+        <v>1986</v>
+      </c>
+      <c r="D910" t="s">
         <v>2270</v>
       </c>
-      <c r="B910" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E910">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F910">
-        <v>303.16</v>
+        <v>324.89</v>
       </c>
     </row>
     <row r="911" spans="1:7">
       <c r="A911" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B911" s="1" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C911" t="s">
         <v>2273</v>
       </c>
-      <c r="B911" s="1">
-[...2 lines deleted...]
-      <c r="C911" t="s">
+      <c r="D911" t="s">
         <v>2274</v>
       </c>
-      <c r="D911" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E911">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F911">
-        <v>647.74</v>
+        <v>295.0</v>
       </c>
     </row>
     <row r="912" spans="1:7">
       <c r="A912" t="s">
-        <v>1991</v>
+        <v>2275</v>
       </c>
       <c r="B912" s="1">
-        <v>5028252523219</v>
+        <v>8028400039125</v>
       </c>
       <c r="C912" t="s">
-        <v>1992</v>
+        <v>2276</v>
       </c>
       <c r="D912" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
       <c r="E912">
         <v>1</v>
       </c>
       <c r="F912">
-        <v>324.89</v>
+        <v>700.1</v>
       </c>
     </row>
     <row r="913" spans="1:7">
       <c r="A913" t="s">
         <v>2278</v>
       </c>
-      <c r="B913" s="1" t="s">
-        <v>2277</v>
+      <c r="B913" s="1">
+        <v>5603750500469</v>
       </c>
       <c r="C913" t="s">
         <v>2279</v>
       </c>
       <c r="D913" t="s">
         <v>2280</v>
       </c>
       <c r="E913">
         <v>0</v>
       </c>
       <c r="F913">
-        <v>295.0</v>
+        <v>110.65</v>
       </c>
     </row>
     <row r="914" spans="1:7">
       <c r="A914" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B914" s="1">
+        <v>192233009636</v>
+      </c>
+      <c r="C914" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D914" t="s">
         <v>2281</v>
       </c>
-      <c r="B914" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E914">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F914">
-        <v>700.1</v>
+        <v>129.53</v>
       </c>
     </row>
     <row r="915" spans="1:7">
       <c r="A915" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B915" s="1"/>
+      <c r="C915" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D915" t="s">
         <v>2284</v>
       </c>
-      <c r="B915" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E915">
         <v>0</v>
       </c>
       <c r="F915">
-        <v>110.65</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="916" spans="1:7">
       <c r="A916" t="s">
-        <v>1007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2285</v>
+      </c>
+      <c r="B916" s="1"/>
       <c r="C916" t="s">
-        <v>1008</v>
+        <v>2286</v>
       </c>
       <c r="D916" t="s">
         <v>2287</v>
       </c>
       <c r="E916">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F916">
-        <v>129.53</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="917" spans="1:7">
       <c r="A917" t="s">
-        <v>2288</v>
+        <v>1420</v>
       </c>
       <c r="B917" s="1"/>
       <c r="C917" t="s">
-        <v>2289</v>
+        <v>1421</v>
       </c>
       <c r="D917" t="s">
-        <v>2290</v>
+        <v>2288</v>
       </c>
       <c r="E917">
         <v>0</v>
       </c>
       <c r="F917">
         <v>0.0</v>
       </c>
     </row>
     <row r="918" spans="1:7">
       <c r="A918" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B918" s="1">
+        <v>4007885243245</v>
+      </c>
+      <c r="C918" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D918" t="s">
         <v>2291</v>
-      </c>
-[...5 lines deleted...]
-        <v>2293</v>
       </c>
       <c r="E918">
         <v>1</v>
       </c>
       <c r="F918">
-        <v>0.0</v>
+        <v>169.41</v>
       </c>
     </row>
     <row r="919" spans="1:7">
       <c r="A919" t="s">
-        <v>1426</v>
-[...1 lines deleted...]
-      <c r="B919" s="1"/>
+        <v>2292</v>
+      </c>
+      <c r="B919" s="1">
+        <v>4016032330950</v>
+      </c>
       <c r="C919" t="s">
-        <v>1427</v>
+        <v>2293</v>
       </c>
       <c r="D919" t="s">
         <v>2294</v>
       </c>
       <c r="E919">
         <v>0</v>
       </c>
       <c r="F919">
-        <v>0.0</v>
+        <v>342.35</v>
       </c>
     </row>
     <row r="920" spans="1:7">
       <c r="A920" t="s">
         <v>2295</v>
       </c>
-      <c r="B920" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B920" s="1"/>
       <c r="C920" t="s">
         <v>2296</v>
       </c>
       <c r="D920" t="s">
         <v>2297</v>
       </c>
       <c r="E920">
         <v>1</v>
       </c>
       <c r="F920">
-        <v>169.41</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="921" spans="1:7">
       <c r="A921" t="s">
         <v>2298</v>
       </c>
       <c r="B921" s="1">
-        <v>4016032330950</v>
+        <v>192233009551</v>
       </c>
       <c r="C921" t="s">
+        <v>27</v>
+      </c>
+      <c r="D921" t="s">
         <v>2299</v>
       </c>
-      <c r="D921" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E921">
         <v>0</v>
       </c>
       <c r="F921">
-        <v>342.35</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="922" spans="1:7">
       <c r="A922" t="s">
-        <v>2301</v>
-[...1 lines deleted...]
-      <c r="B922" s="1"/>
+        <v>2298</v>
+      </c>
+      <c r="B922" s="1">
+        <v>192233009551</v>
+      </c>
       <c r="C922" t="s">
-        <v>2302</v>
+        <v>27</v>
       </c>
       <c r="D922" t="s">
-        <v>2303</v>
+        <v>2300</v>
       </c>
       <c r="E922">
         <v>1</v>
       </c>
       <c r="F922">
         <v>0.0</v>
       </c>
     </row>
     <row r="923" spans="1:7">
       <c r="A923" t="s">
-        <v>2304</v>
-[...3 lines deleted...]
-      </c>
+        <v>2301</v>
+      </c>
+      <c r="B923" s="1"/>
       <c r="C923" t="s">
-        <v>27</v>
+        <v>2302</v>
       </c>
       <c r="D923" t="s">
-        <v>2305</v>
+        <v>2303</v>
       </c>
       <c r="E923">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F923">
         <v>0.0</v>
       </c>
     </row>
     <row r="924" spans="1:7">
       <c r="A924" t="s">
         <v>2304</v>
       </c>
-      <c r="B924" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B924" s="1"/>
       <c r="C924" t="s">
-        <v>27</v>
+        <v>2305</v>
       </c>
       <c r="D924" t="s">
         <v>2306</v>
       </c>
       <c r="E924">
         <v>1</v>
       </c>
       <c r="F924">
         <v>0.0</v>
       </c>
     </row>
     <row r="925" spans="1:7">
       <c r="A925" t="s">
         <v>2307</v>
       </c>
       <c r="B925" s="1"/>
       <c r="C925" t="s">
         <v>2308</v>
       </c>
       <c r="D925" t="s">
         <v>2309</v>
       </c>
       <c r="E925">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F925">
         <v>0.0</v>
       </c>
     </row>
     <row r="926" spans="1:7">
       <c r="A926" t="s">
         <v>2310</v>
       </c>
-      <c r="B926" s="1"/>
+      <c r="B926" s="1">
+        <v>5902622414430</v>
+      </c>
       <c r="C926" t="s">
         <v>2311</v>
       </c>
       <c r="D926" t="s">
         <v>2312</v>
       </c>
       <c r="E926">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F926">
-        <v>0.0</v>
+        <v>29.99</v>
       </c>
     </row>
     <row r="927" spans="1:7">
       <c r="A927" t="s">
         <v>2313</v>
       </c>
-      <c r="B927" s="1"/>
+      <c r="B927" s="1">
+        <v>3334381038442</v>
+      </c>
       <c r="C927" t="s">
         <v>2314</v>
       </c>
       <c r="D927" t="s">
         <v>2315</v>
       </c>
       <c r="E927">
         <v>0</v>
       </c>
       <c r="F927">
-        <v>0.0</v>
+        <v>156.15</v>
       </c>
     </row>
     <row r="928" spans="1:7">
       <c r="A928" t="s">
         <v>2316</v>
       </c>
       <c r="B928" s="1">
-        <v>5902622414430</v>
+        <v>4052025951948</v>
       </c>
       <c r="C928" t="s">
         <v>2317</v>
       </c>
       <c r="D928" t="s">
         <v>2318</v>
       </c>
       <c r="E928">
         <v>0</v>
       </c>
       <c r="F928">
-        <v>29.99</v>
+        <v>207.9</v>
       </c>
     </row>
     <row r="929" spans="1:7">
       <c r="A929" t="s">
         <v>2319</v>
       </c>
-      <c r="B929" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B929" s="1"/>
       <c r="C929" t="s">
         <v>2320</v>
       </c>
       <c r="D929" t="s">
         <v>2321</v>
       </c>
       <c r="E929">
         <v>0</v>
       </c>
       <c r="F929">
-        <v>156.15</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="930" spans="1:7">
       <c r="A930" t="s">
         <v>2322</v>
       </c>
       <c r="B930" s="1">
-        <v>4052025951948</v>
+        <v>8717447617662</v>
       </c>
       <c r="C930" t="s">
         <v>2323</v>
       </c>
       <c r="D930" t="s">
         <v>2324</v>
       </c>
       <c r="E930">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F930">
-        <v>207.9</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="931" spans="1:7">
       <c r="A931" t="s">
         <v>2325</v>
       </c>
-      <c r="B931" s="1"/>
+      <c r="B931" s="1">
+        <v>3770017405378</v>
+      </c>
       <c r="C931" t="s">
         <v>2326</v>
       </c>
       <c r="D931" t="s">
         <v>2327</v>
       </c>
       <c r="E931">
         <v>0</v>
       </c>
       <c r="F931">
-        <v>0.0</v>
+        <v>51.73</v>
       </c>
     </row>
     <row r="932" spans="1:7">
       <c r="A932" t="s">
+        <v>2067</v>
+      </c>
+      <c r="B932" s="1">
+        <v>3661276148789</v>
+      </c>
+      <c r="C932" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D932" t="s">
         <v>2328</v>
       </c>
-      <c r="B932" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E932">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F932">
-        <v>0.0</v>
+        <v>645.99</v>
       </c>
     </row>
     <row r="933" spans="1:7">
       <c r="A933" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B933" s="1">
+        <v>4007923148501</v>
+      </c>
+      <c r="C933" t="s">
+        <v>2330</v>
+      </c>
+      <c r="D933" t="s">
         <v>2331</v>
       </c>
-      <c r="B933" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E933">
         <v>0</v>
       </c>
       <c r="F933">
-        <v>51.73</v>
+        <v>583.63</v>
       </c>
     </row>
     <row r="934" spans="1:7">
       <c r="A934" t="s">
-        <v>2073</v>
+        <v>2332</v>
       </c>
       <c r="B934" s="1">
-        <v>3661276148789</v>
+        <v>4007923604489</v>
       </c>
       <c r="C934" t="s">
-        <v>2074</v>
+        <v>2333</v>
       </c>
       <c r="D934" t="s">
         <v>2334</v>
       </c>
       <c r="E934">
         <v>0</v>
       </c>
       <c r="F934">
-        <v>645.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="935" spans="1:7">
       <c r="A935" t="s">
+        <v>2336</v>
+      </c>
+      <c r="B935" s="1" t="s">
         <v>2335</v>
       </c>
-      <c r="B935" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C935" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="D935" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
       <c r="E935">
         <v>0</v>
       </c>
       <c r="F935">
-        <v>583.63</v>
+        <v>431.36</v>
       </c>
     </row>
     <row r="936" spans="1:7">
       <c r="A936" t="s">
-        <v>2338</v>
-[...2 lines deleted...]
-        <v>4007923604489</v>
+        <v>2340</v>
+      </c>
+      <c r="B936" s="1" t="s">
+        <v>2339</v>
       </c>
       <c r="C936" t="s">
-        <v>2339</v>
+        <v>2341</v>
       </c>
       <c r="D936" t="s">
-        <v>2340</v>
+        <v>2342</v>
       </c>
       <c r="E936">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F936">
-        <v>0.0</v>
+        <v>340.73</v>
       </c>
     </row>
     <row r="937" spans="1:7">
       <c r="A937" t="s">
-        <v>2342</v>
-[...2 lines deleted...]
-        <v>2341</v>
+        <v>2343</v>
+      </c>
+      <c r="B937" s="1">
+        <v>5057232698104</v>
       </c>
       <c r="C937" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="D937" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="E937">
         <v>0</v>
       </c>
       <c r="F937">
-        <v>431.36</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="938" spans="1:7">
       <c r="A938" t="s">
         <v>2346</v>
       </c>
-      <c r="B938" s="1" t="s">
-        <v>2345</v>
+      <c r="B938" s="1">
+        <v>3451618700207</v>
       </c>
       <c r="C938" t="s">
         <v>2347</v>
       </c>
       <c r="D938" t="s">
         <v>2348</v>
       </c>
       <c r="E938">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F938">
-        <v>340.73</v>
+        <v>161.66</v>
       </c>
     </row>
     <row r="939" spans="1:7">
       <c r="A939" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B939" s="1" t="s">
         <v>2349</v>
       </c>
-      <c r="B939" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C939" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="D939" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="E939">
         <v>0</v>
       </c>
       <c r="F939">
-        <v>0.0</v>
+        <v>284.09</v>
       </c>
     </row>
     <row r="940" spans="1:7">
       <c r="A940" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="B940" s="1">
-        <v>3451618700207</v>
+        <v>4260332054386</v>
       </c>
       <c r="C940" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="D940" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="E940">
         <v>0</v>
       </c>
       <c r="F940">
-        <v>161.66</v>
+        <v>148.36</v>
       </c>
     </row>
     <row r="941" spans="1:7">
       <c r="A941" t="s">
+        <v>2357</v>
+      </c>
+      <c r="B941" s="1" t="s">
         <v>2356</v>
       </c>
-      <c r="B941" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C941" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="D941" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="E941">
         <v>0</v>
       </c>
       <c r="F941">
-        <v>284.09</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="942" spans="1:7">
       <c r="A942" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="B942" s="1">
-        <v>4260332054386</v>
+        <v>5903771705905</v>
       </c>
       <c r="C942" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="D942" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="E942">
         <v>0</v>
       </c>
       <c r="F942">
-        <v>148.36</v>
+        <v>219.99</v>
       </c>
     </row>
     <row r="943" spans="1:7">
       <c r="A943" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B943" s="1" t="s">
         <v>2363</v>
       </c>
-      <c r="B943" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C943" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
       <c r="D943" t="s">
-        <v>2365</v>
+        <v>2366</v>
       </c>
       <c r="E943">
         <v>0</v>
       </c>
       <c r="F943">
-        <v>0.0</v>
+        <v>270.51</v>
       </c>
     </row>
     <row r="944" spans="1:7">
       <c r="A944" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
       <c r="B944" s="1">
-        <v>5903771705905</v>
+        <v>5902581658234</v>
       </c>
       <c r="C944" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="D944" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
       <c r="E944">
         <v>0</v>
       </c>
       <c r="F944">
-        <v>219.99</v>
+        <v>159.99</v>
       </c>
     </row>
     <row r="945" spans="1:7">
       <c r="A945" t="s">
         <v>2370</v>
       </c>
-      <c r="B945" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B945" s="1"/>
       <c r="C945" t="s">
         <v>2371</v>
       </c>
       <c r="D945" t="s">
         <v>2372</v>
       </c>
       <c r="E945">
         <v>0</v>
       </c>
       <c r="F945">
-        <v>270.51</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="946" spans="1:7">
       <c r="A946" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B946" s="1" t="s">
         <v>2373</v>
       </c>
-      <c r="B946" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C946" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="D946" t="s">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="E946">
         <v>0</v>
       </c>
       <c r="F946">
-        <v>159.99</v>
+        <v>265.05</v>
       </c>
     </row>
     <row r="947" spans="1:7">
       <c r="A947" t="s">
-        <v>2376</v>
-[...1 lines deleted...]
-      <c r="B947" s="1"/>
+        <v>2377</v>
+      </c>
+      <c r="B947" s="1">
+        <v>3220660271825</v>
+      </c>
       <c r="C947" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
       <c r="D947" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
       <c r="E947">
         <v>0</v>
       </c>
       <c r="F947">
-        <v>0.0</v>
+        <v>159.99</v>
       </c>
     </row>
     <row r="948" spans="1:7">
       <c r="A948" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B948" s="1" t="s">
+        <v>2349</v>
+      </c>
+      <c r="C948" t="s">
+        <v>2351</v>
+      </c>
+      <c r="D948" t="s">
         <v>2380</v>
       </c>
-      <c r="B948" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E948">
         <v>0</v>
       </c>
       <c r="F948">
-        <v>265.05</v>
+        <v>284.09</v>
       </c>
     </row>
     <row r="949" spans="1:7">
       <c r="A949" t="s">
-        <v>2383</v>
-[...2 lines deleted...]
-        <v>3220660271825</v>
+        <v>2336</v>
+      </c>
+      <c r="B949" s="1" t="s">
+        <v>2335</v>
       </c>
       <c r="C949" t="s">
-        <v>2384</v>
+        <v>2337</v>
       </c>
       <c r="D949" t="s">
-        <v>2385</v>
+        <v>2381</v>
       </c>
       <c r="E949">
         <v>0</v>
       </c>
       <c r="F949">
-        <v>159.99</v>
+        <v>431.36</v>
       </c>
     </row>
     <row r="950" spans="1:7">
       <c r="A950" t="s">
-        <v>2356</v>
+        <v>2383</v>
       </c>
       <c r="B950" s="1" t="s">
-        <v>2355</v>
+        <v>2382</v>
       </c>
       <c r="C950" t="s">
-        <v>2357</v>
+        <v>2384</v>
       </c>
       <c r="D950" t="s">
-        <v>2386</v>
+        <v>2385</v>
       </c>
       <c r="E950">
         <v>0</v>
       </c>
       <c r="F950">
-        <v>284.09</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="951" spans="1:7">
       <c r="A951" t="s">
-        <v>2342</v>
-[...2 lines deleted...]
-        <v>2341</v>
+        <v>2386</v>
+      </c>
+      <c r="B951" s="1">
+        <v>3220660302932</v>
       </c>
       <c r="C951" t="s">
-        <v>2343</v>
+        <v>2387</v>
       </c>
       <c r="D951" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
       <c r="E951">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F951">
-        <v>431.36</v>
+        <v>149.0</v>
       </c>
     </row>
     <row r="952" spans="1:7">
       <c r="A952" t="s">
+        <v>589</v>
+      </c>
+      <c r="B952" s="1">
+        <v>3220660343867</v>
+      </c>
+      <c r="C952" t="s">
+        <v>590</v>
+      </c>
+      <c r="D952" t="s">
         <v>2389</v>
       </c>
-      <c r="B952" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E952">
         <v>0</v>
       </c>
       <c r="F952">
-        <v>240.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="953" spans="1:7">
       <c r="A953" t="s">
+        <v>2390</v>
+      </c>
+      <c r="B953" s="1">
+        <v>3220660289929</v>
+      </c>
+      <c r="C953" t="s">
+        <v>2391</v>
+      </c>
+      <c r="D953" t="s">
         <v>2392</v>
       </c>
-      <c r="B953" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E953">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F953">
-        <v>149.0</v>
+        <v>272.83</v>
       </c>
     </row>
     <row r="954" spans="1:7">
       <c r="A954" t="s">
-        <v>589</v>
+        <v>2393</v>
       </c>
       <c r="B954" s="1">
-        <v>3220660343867</v>
+        <v>5019090114462</v>
       </c>
       <c r="C954" t="s">
-        <v>590</v>
+        <v>2394</v>
       </c>
       <c r="D954" t="s">
         <v>2395</v>
       </c>
       <c r="E954">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F954">
-        <v>0.0</v>
+        <v>219.99</v>
       </c>
     </row>
     <row r="955" spans="1:7">
       <c r="A955" t="s">
         <v>2396</v>
       </c>
       <c r="B955" s="1">
-        <v>3220660289929</v>
+        <v>5903031428131</v>
       </c>
       <c r="C955" t="s">
         <v>2397</v>
       </c>
       <c r="D955" t="s">
         <v>2398</v>
       </c>
       <c r="E955">
         <v>0</v>
       </c>
       <c r="F955">
-        <v>272.83</v>
+        <v>269.0</v>
       </c>
     </row>
     <row r="956" spans="1:7">
       <c r="A956" t="s">
         <v>2399</v>
       </c>
       <c r="B956" s="1">
-        <v>5019090114462</v>
+        <v>4058511835112</v>
       </c>
       <c r="C956" t="s">
         <v>2400</v>
       </c>
       <c r="D956" t="s">
         <v>2401</v>
       </c>
       <c r="E956">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F956">
-        <v>219.99</v>
+        <v>641.49</v>
       </c>
     </row>
     <row r="957" spans="1:7">
       <c r="A957" t="s">
         <v>2402</v>
       </c>
       <c r="B957" s="1">
-        <v>5903031428131</v>
+        <v>5028318385652</v>
       </c>
       <c r="C957" t="s">
         <v>2403</v>
       </c>
       <c r="D957" t="s">
         <v>2404</v>
       </c>
       <c r="E957">
         <v>0</v>
       </c>
       <c r="F957">
-        <v>269.0</v>
+        <v>257.32</v>
       </c>
     </row>
     <row r="958" spans="1:7">
       <c r="A958" t="s">
         <v>2405</v>
       </c>
       <c r="B958" s="1">
-        <v>4058511835112</v>
+        <v>4008146012464</v>
       </c>
       <c r="C958" t="s">
         <v>2406</v>
       </c>
       <c r="D958" t="s">
         <v>2407</v>
       </c>
       <c r="E958">
         <v>0</v>
       </c>
       <c r="F958">
-        <v>641.49</v>
+        <v>685.93</v>
       </c>
     </row>
     <row r="959" spans="1:7">
       <c r="A959" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B959" s="1">
+        <v>4012473145054</v>
+      </c>
+      <c r="C959" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D959" t="s">
         <v>2408</v>
       </c>
-      <c r="B959" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E959">
         <v>0</v>
       </c>
       <c r="F959">
-        <v>257.32</v>
+        <v>165.25</v>
       </c>
     </row>
     <row r="960" spans="1:7">
       <c r="A960" t="s">
-        <v>2411</v>
-[...3 lines deleted...]
-      </c>
+        <v>889</v>
+      </c>
+      <c r="B960" s="1"/>
       <c r="C960" t="s">
-        <v>2412</v>
+        <v>890</v>
       </c>
       <c r="D960" t="s">
-        <v>2413</v>
+        <v>2409</v>
       </c>
       <c r="E960">
         <v>0</v>
       </c>
       <c r="F960">
-        <v>685.93</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="961" spans="1:7">
       <c r="A961" t="s">
-        <v>1501</v>
-[...2 lines deleted...]
-        <v>4012473145054</v>
+        <v>1349</v>
+      </c>
+      <c r="B961" s="1" t="s">
+        <v>2410</v>
       </c>
       <c r="C961" t="s">
-        <v>1502</v>
+        <v>31</v>
       </c>
       <c r="D961" t="s">
-        <v>2414</v>
+        <v>2411</v>
       </c>
       <c r="E961">
         <v>0</v>
       </c>
       <c r="F961">
-        <v>165.25</v>
+        <v>57.99</v>
       </c>
     </row>
     <row r="962" spans="1:7">
       <c r="A962" t="s">
-        <v>892</v>
-[...1 lines deleted...]
-      <c r="B962" s="1"/>
+        <v>1985</v>
+      </c>
+      <c r="B962" s="1">
+        <v>5028252523219</v>
+      </c>
       <c r="C962" t="s">
-        <v>893</v>
+        <v>1986</v>
       </c>
       <c r="D962" t="s">
-        <v>2415</v>
+        <v>2412</v>
       </c>
       <c r="E962">
         <v>0</v>
       </c>
       <c r="F962">
-        <v>0.0</v>
+        <v>324.89</v>
       </c>
     </row>
     <row r="963" spans="1:7">
       <c r="A963" t="s">
-        <v>1352</v>
-[...2 lines deleted...]
-        <v>2416</v>
+        <v>2413</v>
+      </c>
+      <c r="B963" s="1">
+        <v>3016661150722</v>
       </c>
       <c r="C963" t="s">
-        <v>31</v>
+        <v>2414</v>
       </c>
       <c r="D963" t="s">
-        <v>2417</v>
+        <v>2415</v>
       </c>
       <c r="E963">
         <v>0</v>
       </c>
       <c r="F963">
-        <v>57.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="964" spans="1:7">
       <c r="A964" t="s">
-        <v>1991</v>
+        <v>2416</v>
       </c>
       <c r="B964" s="1">
-        <v>5028252523219</v>
-[...2 lines deleted...]
-        <v>1992</v>
+        <v>5722000143062</v>
       </c>
       <c r="D964" t="s">
-        <v>2418</v>
+        <v>2417</v>
       </c>
       <c r="E964">
         <v>0</v>
       </c>
       <c r="F964">
-        <v>324.89</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="965" spans="1:7">
       <c r="A965" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B965" s="1">
+        <v>5713941061218</v>
+      </c>
+      <c r="C965" t="s">
         <v>2419</v>
       </c>
-      <c r="B965" s="1">
-[...2 lines deleted...]
-      <c r="C965" t="s">
+      <c r="D965" t="s">
         <v>2420</v>
       </c>
-      <c r="D965" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E965">
         <v>0</v>
       </c>
       <c r="F965">
-        <v>0.0</v>
+        <v>194.98</v>
       </c>
     </row>
     <row r="966" spans="1:7">
       <c r="A966" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B966" s="1">
+        <v>5713941110510</v>
+      </c>
+      <c r="C966" t="s">
         <v>2422</v>
-      </c>
-[...1 lines deleted...]
-        <v>5722000143062</v>
       </c>
       <c r="D966" t="s">
         <v>2423</v>
       </c>
       <c r="E966">
         <v>0</v>
       </c>
       <c r="F966">
-        <v>0.0</v>
+        <v>303.56</v>
       </c>
     </row>
     <row r="967" spans="1:7">
       <c r="A967" t="s">
         <v>2424</v>
       </c>
       <c r="B967" s="1">
-        <v>5713941061218</v>
-[...1 lines deleted...]
-      <c r="C967" t="s">
+        <v>2021026196698</v>
+      </c>
+      <c r="D967" t="s">
         <v>2425</v>
       </c>
-      <c r="D967" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E967">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F967">
-        <v>194.98</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="968" spans="1:7">
       <c r="A968" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B968" s="1">
+        <v>6942138976533</v>
+      </c>
+      <c r="C968" t="s">
         <v>2427</v>
       </c>
-      <c r="B968" s="1">
-[...2 lines deleted...]
-      <c r="C968" t="s">
+      <c r="D968" t="s">
         <v>2428</v>
       </c>
-      <c r="D968" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E968">
         <v>0</v>
       </c>
       <c r="F968">
-        <v>303.56</v>
+        <v>703.17</v>
       </c>
     </row>
     <row r="969" spans="1:7">
       <c r="A969" t="s">
+        <v>2429</v>
+      </c>
+      <c r="B969" s="1"/>
+      <c r="C969" t="s">
         <v>2430</v>
-      </c>
-[...1 lines deleted...]
-        <v>2021026196698</v>
       </c>
       <c r="D969" t="s">
         <v>2431</v>
       </c>
       <c r="E969">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F969">
         <v>0.0</v>
       </c>
     </row>
     <row r="970" spans="1:7">
       <c r="A970" t="s">
         <v>2432</v>
       </c>
-      <c r="B970" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B970" s="1"/>
       <c r="C970" t="s">
         <v>2433</v>
       </c>
       <c r="D970" t="s">
         <v>2434</v>
       </c>
       <c r="E970">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F970">
-        <v>703.17</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="971" spans="1:7">
       <c r="A971" t="s">
-        <v>2435</v>
+        <v>2432</v>
       </c>
       <c r="B971" s="1"/>
       <c r="C971" t="s">
-        <v>2436</v>
+        <v>2433</v>
       </c>
       <c r="D971" t="s">
-        <v>2437</v>
+        <v>2435</v>
       </c>
       <c r="E971">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F971">
         <v>0.0</v>
       </c>
     </row>
     <row r="972" spans="1:7">
       <c r="A972" t="s">
-        <v>2438</v>
+        <v>2436</v>
       </c>
       <c r="B972" s="1"/>
       <c r="C972" t="s">
-        <v>2439</v>
+        <v>2437</v>
       </c>
       <c r="D972" t="s">
-        <v>2440</v>
+        <v>2438</v>
       </c>
       <c r="E972">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F972">
         <v>0.0</v>
       </c>
     </row>
     <row r="973" spans="1:7">
       <c r="A973" t="s">
-        <v>2438</v>
+        <v>2436</v>
       </c>
       <c r="B973" s="1"/>
       <c r="C973" t="s">
+        <v>2437</v>
+      </c>
+      <c r="D973" t="s">
         <v>2439</v>
       </c>
-      <c r="D973" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E973">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F973">
         <v>0.0</v>
       </c>
     </row>
     <row r="974" spans="1:7">
       <c r="A974" t="s">
-        <v>2442</v>
+        <v>2440</v>
       </c>
       <c r="B974" s="1"/>
       <c r="C974" t="s">
-        <v>2443</v>
+        <v>2441</v>
       </c>
       <c r="D974" t="s">
-        <v>2444</v>
+        <v>2442</v>
       </c>
       <c r="E974">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F974">
         <v>0.0</v>
       </c>
     </row>
     <row r="975" spans="1:7">
       <c r="A975" t="s">
-        <v>2442</v>
+        <v>2443</v>
       </c>
       <c r="B975" s="1"/>
       <c r="C975" t="s">
-        <v>2443</v>
+        <v>2444</v>
       </c>
       <c r="D975" t="s">
         <v>2445</v>
       </c>
       <c r="E975">
         <v>0</v>
       </c>
       <c r="F975">
         <v>0.0</v>
       </c>
     </row>
     <row r="976" spans="1:7">
       <c r="A976" t="s">
         <v>2446</v>
       </c>
-      <c r="B976" s="1"/>
+      <c r="B976" s="1">
+        <v>4007923274064</v>
+      </c>
       <c r="C976" t="s">
         <v>2447</v>
       </c>
       <c r="D976" t="s">
         <v>2448</v>
       </c>
       <c r="E976">
         <v>0</v>
       </c>
       <c r="F976">
-        <v>0.0</v>
+        <v>784.38</v>
       </c>
     </row>
     <row r="977" spans="1:7">
       <c r="A977" t="s">
         <v>2449</v>
       </c>
-      <c r="B977" s="1"/>
+      <c r="B977" s="1">
+        <v>5414959058596</v>
+      </c>
       <c r="C977" t="s">
         <v>2450</v>
       </c>
       <c r="D977" t="s">
         <v>2451</v>
       </c>
       <c r="E977">
         <v>0</v>
       </c>
       <c r="F977">
-        <v>0.0</v>
+        <v>45.74</v>
       </c>
     </row>
     <row r="978" spans="1:7">
       <c r="A978" t="s">
         <v>2452</v>
       </c>
       <c r="B978" s="1">
-        <v>4007923274064</v>
+        <v>5902533919697</v>
       </c>
       <c r="C978" t="s">
         <v>2453</v>
       </c>
       <c r="D978" t="s">
         <v>2454</v>
       </c>
       <c r="E978">
         <v>0</v>
       </c>
       <c r="F978">
-        <v>784.38</v>
+        <v>649.0</v>
       </c>
     </row>
     <row r="979" spans="1:7">
       <c r="A979" t="s">
         <v>2455</v>
       </c>
       <c r="B979" s="1">
-        <v>5414959058596</v>
+        <v>3220660333110</v>
       </c>
       <c r="C979" t="s">
         <v>2456</v>
       </c>
       <c r="D979" t="s">
         <v>2457</v>
       </c>
       <c r="E979">
         <v>0</v>
       </c>
       <c r="F979">
-        <v>45.74</v>
+        <v>486.23</v>
       </c>
     </row>
     <row r="980" spans="1:7">
       <c r="A980" t="s">
         <v>2458</v>
       </c>
       <c r="B980" s="1">
-        <v>5902533919697</v>
+        <v>8058664125050</v>
       </c>
       <c r="C980" t="s">
         <v>2459</v>
       </c>
       <c r="D980" t="s">
         <v>2460</v>
       </c>
       <c r="E980">
         <v>0</v>
       </c>
       <c r="F980">
-        <v>649.0</v>
+        <v>420.78</v>
       </c>
     </row>
     <row r="981" spans="1:7">
       <c r="A981" t="s">
         <v>2461</v>
       </c>
       <c r="B981" s="1">
-        <v>3220660333110</v>
+        <v>4260057280510</v>
       </c>
       <c r="C981" t="s">
         <v>2462</v>
       </c>
       <c r="D981" t="s">
         <v>2463</v>
       </c>
       <c r="E981">
         <v>0</v>
       </c>
       <c r="F981">
-        <v>486.23</v>
+        <v>554.35</v>
       </c>
     </row>
     <row r="982" spans="1:7">
       <c r="A982" t="s">
         <v>2464</v>
       </c>
       <c r="B982" s="1">
-        <v>8058664125050</v>
+        <v>5900495962720</v>
       </c>
       <c r="C982" t="s">
         <v>2465</v>
       </c>
       <c r="D982" t="s">
         <v>2466</v>
       </c>
       <c r="E982">
         <v>0</v>
       </c>
       <c r="F982">
-        <v>420.78</v>
+        <v>842.65</v>
       </c>
     </row>
     <row r="983" spans="1:7">
       <c r="A983" t="s">
         <v>2467</v>
       </c>
       <c r="B983" s="1">
-        <v>4260057280510</v>
+        <v>887961083903</v>
       </c>
       <c r="C983" t="s">
         <v>2468</v>
       </c>
       <c r="D983" t="s">
         <v>2469</v>
       </c>
       <c r="E983">
         <v>0</v>
       </c>
       <c r="F983">
-        <v>554.35</v>
+        <v>498.99</v>
       </c>
     </row>
     <row r="984" spans="1:7">
       <c r="A984" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B984" s="1">
+        <v>8058664125043</v>
+      </c>
+      <c r="C984" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D984" t="s">
         <v>2470</v>
       </c>
-      <c r="B984" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E984">
         <v>0</v>
       </c>
       <c r="F984">
-        <v>842.65</v>
+        <v>420.78</v>
       </c>
     </row>
     <row r="985" spans="1:7">
       <c r="A985" t="s">
+        <v>2471</v>
+      </c>
+      <c r="B985" s="1">
+        <v>3660950075984</v>
+      </c>
+      <c r="C985" t="s">
+        <v>2472</v>
+      </c>
+      <c r="D985" t="s">
         <v>2473</v>
       </c>
-      <c r="B985" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E985">
         <v>0</v>
       </c>
       <c r="F985">
-        <v>498.99</v>
+        <v>401.0</v>
       </c>
     </row>
     <row r="986" spans="1:7">
       <c r="A986" t="s">
-        <v>2464</v>
+        <v>2474</v>
       </c>
       <c r="B986" s="1">
-        <v>8058664125043</v>
+        <v>5902581656049</v>
       </c>
       <c r="C986" t="s">
-        <v>2465</v>
+        <v>2475</v>
       </c>
       <c r="D986" t="s">
         <v>2476</v>
       </c>
       <c r="E986">
         <v>0</v>
       </c>
       <c r="F986">
-        <v>420.78</v>
+        <v>144.9</v>
       </c>
     </row>
     <row r="987" spans="1:7">
       <c r="A987" t="s">
         <v>2477</v>
       </c>
       <c r="B987" s="1">
-        <v>3660950075984</v>
+        <v>3023191172520</v>
       </c>
       <c r="C987" t="s">
         <v>2478</v>
       </c>
       <c r="D987" t="s">
         <v>2479</v>
       </c>
       <c r="E987">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F987">
-        <v>401.0</v>
+        <v>133.89</v>
       </c>
     </row>
     <row r="988" spans="1:7">
       <c r="A988" t="s">
         <v>2480</v>
       </c>
       <c r="B988" s="1">
-        <v>5902581656049</v>
+        <v>5010415510112</v>
       </c>
       <c r="C988" t="s">
         <v>2481</v>
       </c>
       <c r="D988" t="s">
         <v>2482</v>
       </c>
       <c r="E988">
         <v>0</v>
       </c>
       <c r="F988">
-        <v>144.9</v>
+        <v>348.22</v>
       </c>
     </row>
     <row r="989" spans="1:7">
       <c r="A989" t="s">
         <v>2483</v>
       </c>
       <c r="B989" s="1">
-        <v>3023191172520</v>
+        <v>5902533922352</v>
       </c>
       <c r="C989" t="s">
         <v>2484</v>
       </c>
       <c r="D989" t="s">
         <v>2485</v>
       </c>
       <c r="E989">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F989">
-        <v>133.89</v>
+        <v>483.58</v>
       </c>
     </row>
     <row r="990" spans="1:7">
       <c r="A990" t="s">
         <v>2486</v>
       </c>
       <c r="B990" s="1">
-        <v>5010415510112</v>
+        <v>3220660317592</v>
       </c>
       <c r="C990" t="s">
         <v>2487</v>
       </c>
       <c r="D990" t="s">
         <v>2488</v>
       </c>
       <c r="E990">
         <v>0</v>
       </c>
       <c r="F990">
-        <v>348.22</v>
+        <v>789.8</v>
       </c>
     </row>
     <row r="991" spans="1:7">
       <c r="A991" t="s">
         <v>2489</v>
       </c>
       <c r="B991" s="1">
-        <v>5902533922352</v>
+        <v>6451355391109</v>
       </c>
       <c r="C991" t="s">
         <v>2490</v>
       </c>
       <c r="D991" t="s">
         <v>2491</v>
       </c>
       <c r="E991">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F991">
-        <v>483.58</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="992" spans="1:7">
       <c r="A992" t="s">
         <v>2492</v>
       </c>
-      <c r="B992" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B992" s="1"/>
       <c r="C992" t="s">
         <v>2493</v>
       </c>
       <c r="D992" t="s">
         <v>2494</v>
       </c>
       <c r="E992">
         <v>0</v>
       </c>
       <c r="F992">
-        <v>789.8</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="993" spans="1:7">
       <c r="A993" t="s">
         <v>2495</v>
       </c>
       <c r="B993" s="1">
-        <v>6451355391109</v>
+        <v>787893394675</v>
       </c>
       <c r="C993" t="s">
         <v>2496</v>
       </c>
       <c r="D993" t="s">
         <v>2497</v>
       </c>
       <c r="E993">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F993">
-        <v>0.0</v>
+        <v>139.99</v>
       </c>
     </row>
     <row r="994" spans="1:7">
       <c r="A994" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B994" s="1">
+        <v>4007923604489</v>
+      </c>
+      <c r="C994" t="s">
+        <v>2333</v>
+      </c>
+      <c r="D994" t="s">
         <v>2498</v>
-      </c>
-[...5 lines deleted...]
-        <v>2500</v>
       </c>
       <c r="E994">
         <v>0</v>
       </c>
       <c r="F994">
         <v>0.0</v>
       </c>
     </row>
     <row r="995" spans="1:7">
       <c r="A995" t="s">
+        <v>2499</v>
+      </c>
+      <c r="B995" s="1">
+        <v>4007923274200</v>
+      </c>
+      <c r="C995" t="s">
+        <v>2500</v>
+      </c>
+      <c r="D995" t="s">
         <v>2501</v>
       </c>
-      <c r="B995" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E995">
         <v>0</v>
       </c>
       <c r="F995">
-        <v>139.99</v>
+        <v>866.06</v>
       </c>
     </row>
     <row r="996" spans="1:7">
       <c r="A996" t="s">
-        <v>2338</v>
+        <v>2502</v>
       </c>
       <c r="B996" s="1">
-        <v>4007923604489</v>
+        <v>4014481222598</v>
       </c>
       <c r="C996" t="s">
-        <v>2339</v>
+        <v>2503</v>
       </c>
       <c r="D996" t="s">
         <v>2504</v>
       </c>
       <c r="E996">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F996">
-        <v>0.0</v>
+        <v>23.25</v>
       </c>
     </row>
     <row r="997" spans="1:7">
       <c r="A997" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B997" s="1" t="s">
         <v>2505</v>
       </c>
-      <c r="B997" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C997" t="s">
-        <v>2506</v>
+        <v>2507</v>
       </c>
       <c r="D997" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="E997">
         <v>0</v>
       </c>
       <c r="F997">
-        <v>866.06</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="998" spans="1:7">
       <c r="A998" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="B998" s="1">
-        <v>4014481222598</v>
+        <v>754008852108</v>
       </c>
       <c r="C998" t="s">
-        <v>2509</v>
+        <v>2510</v>
       </c>
       <c r="D998" t="s">
-        <v>2510</v>
+        <v>2511</v>
       </c>
       <c r="E998">
         <v>1</v>
       </c>
       <c r="F998">
-        <v>23.25</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="999" spans="1:7">
       <c r="A999" t="s">
         <v>2512</v>
       </c>
-      <c r="B999" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B999" s="1"/>
       <c r="C999" t="s">
         <v>2513</v>
       </c>
       <c r="D999" t="s">
         <v>2514</v>
       </c>
       <c r="E999">
         <v>0</v>
       </c>
       <c r="F999">
         <v>0.0</v>
       </c>
     </row>
     <row r="1000" spans="1:7">
       <c r="A1000" t="s">
         <v>2515</v>
       </c>
       <c r="B1000" s="1">
-        <v>754008852108</v>
+        <v>6936876841529</v>
       </c>
       <c r="C1000" t="s">
         <v>2516</v>
       </c>
       <c r="D1000" t="s">
         <v>2517</v>
       </c>
       <c r="E1000">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1000">
-        <v>0.0</v>
+        <v>360.19</v>
       </c>
     </row>
     <row r="1001" spans="1:7">
       <c r="A1001" t="s">
         <v>2518</v>
       </c>
-      <c r="B1001" s="1"/>
+      <c r="B1001" s="1">
+        <v>745437782456</v>
+      </c>
       <c r="C1001" t="s">
         <v>2519</v>
       </c>
       <c r="D1001" t="s">
         <v>2520</v>
       </c>
       <c r="E1001">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1001">
         <v>0.0</v>
       </c>
     </row>
     <row r="1002" spans="1:7">
       <c r="A1002" t="s">
         <v>2521</v>
       </c>
-      <c r="B1002" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1002" s="1"/>
       <c r="C1002" t="s">
         <v>2522</v>
       </c>
       <c r="D1002" t="s">
         <v>2523</v>
       </c>
       <c r="E1002">
         <v>0</v>
       </c>
       <c r="F1002">
-        <v>360.19</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1003" spans="1:7">
       <c r="A1003" t="s">
         <v>2524</v>
       </c>
       <c r="B1003" s="1">
-        <v>745437782456</v>
+        <v>7442144896805</v>
       </c>
       <c r="C1003" t="s">
         <v>2525</v>
       </c>
       <c r="D1003" t="s">
         <v>2526</v>
       </c>
       <c r="E1003">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1003">
         <v>0.0</v>
       </c>
     </row>
     <row r="1004" spans="1:7">
-      <c r="A1004" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B1004" s="1"/>
       <c r="C1004" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D1004" t="s">
         <v>2528</v>
-      </c>
-[...1 lines deleted...]
-        <v>2529</v>
       </c>
       <c r="E1004">
         <v>0</v>
       </c>
       <c r="F1004">
         <v>0.0</v>
       </c>
     </row>
     <row r="1005" spans="1:7">
       <c r="A1005" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B1005" s="1"/>
+      <c r="C1005" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D1005" t="s">
         <v>2530</v>
-      </c>
-[...7 lines deleted...]
-        <v>2532</v>
       </c>
       <c r="E1005">
         <v>0</v>
       </c>
       <c r="F1005">
         <v>0.0</v>
       </c>
     </row>
     <row r="1006" spans="1:7">
-      <c r="B1006" s="1"/>
+      <c r="A1006" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B1006" s="1">
+        <v>738630893104</v>
+      </c>
       <c r="C1006" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D1006" t="s">
         <v>2533</v>
       </c>
-      <c r="D1006" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1006">
         <v>0</v>
       </c>
       <c r="F1006">
-        <v>0.0</v>
+        <v>89.99</v>
       </c>
     </row>
     <row r="1007" spans="1:7">
       <c r="A1007" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B1007" s="1">
+        <v>718893775171</v>
+      </c>
+      <c r="C1007" t="s">
         <v>2535</v>
-      </c>
-[...2 lines deleted...]
-        <v>2533</v>
       </c>
       <c r="D1007" t="s">
         <v>2536</v>
       </c>
       <c r="E1007">
         <v>0</v>
       </c>
       <c r="F1007">
-        <v>0.0</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="1008" spans="1:7">
       <c r="A1008" t="s">
         <v>2537</v>
       </c>
-      <c r="B1008" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1008" s="1"/>
       <c r="C1008" t="s">
         <v>2538</v>
       </c>
       <c r="D1008" t="s">
         <v>2539</v>
       </c>
       <c r="E1008">
         <v>0</v>
       </c>
       <c r="F1008">
-        <v>89.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1009" spans="1:7">
       <c r="A1009" t="s">
         <v>2540</v>
       </c>
       <c r="B1009" s="1">
-        <v>718893775171</v>
+        <v>4894897001150</v>
       </c>
       <c r="C1009" t="s">
         <v>2541</v>
       </c>
       <c r="D1009" t="s">
         <v>2542</v>
       </c>
       <c r="E1009">
         <v>0</v>
       </c>
       <c r="F1009">
-        <v>69.99</v>
+        <v>397.0</v>
       </c>
     </row>
     <row r="1010" spans="1:7">
       <c r="A1010" t="s">
         <v>2543</v>
       </c>
-      <c r="B1010" s="1"/>
+      <c r="B1010" s="1">
+        <v>737311959597</v>
+      </c>
       <c r="C1010" t="s">
         <v>2544</v>
       </c>
       <c r="D1010" t="s">
         <v>2545</v>
       </c>
       <c r="E1010">
         <v>0</v>
       </c>
       <c r="F1010">
-        <v>0.0</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="1011" spans="1:7">
       <c r="A1011" t="s">
         <v>2546</v>
       </c>
       <c r="B1011" s="1">
-        <v>4894897001150</v>
+        <v>840814187616</v>
       </c>
       <c r="C1011" t="s">
         <v>2547</v>
       </c>
       <c r="D1011" t="s">
         <v>2548</v>
       </c>
       <c r="E1011">
         <v>0</v>
       </c>
       <c r="F1011">
-        <v>397.0</v>
+        <v>399.0</v>
       </c>
     </row>
     <row r="1012" spans="1:7">
       <c r="A1012" t="s">
         <v>2549</v>
       </c>
       <c r="B1012" s="1">
-        <v>737311959597</v>
+        <v>7350013891571</v>
       </c>
       <c r="C1012" t="s">
         <v>2550</v>
       </c>
       <c r="D1012" t="s">
         <v>2551</v>
       </c>
       <c r="E1012">
         <v>0</v>
       </c>
       <c r="F1012">
-        <v>109.9</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="1013" spans="1:7">
       <c r="A1013" t="s">
         <v>2552</v>
       </c>
       <c r="B1013" s="1">
-        <v>840814187616</v>
+        <v>194552841997</v>
       </c>
       <c r="C1013" t="s">
         <v>2553</v>
       </c>
       <c r="D1013" t="s">
         <v>2554</v>
       </c>
       <c r="E1013">
         <v>0</v>
       </c>
       <c r="F1013">
-        <v>399.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1014" spans="1:7">
       <c r="A1014" t="s">
         <v>2555</v>
       </c>
       <c r="B1014" s="1">
-        <v>7350013891571</v>
+        <v>9002493424272</v>
       </c>
       <c r="C1014" t="s">
         <v>2556</v>
       </c>
       <c r="D1014" t="s">
         <v>2557</v>
       </c>
       <c r="E1014">
         <v>0</v>
       </c>
       <c r="F1014">
-        <v>249.0</v>
+        <v>251.28</v>
       </c>
     </row>
     <row r="1015" spans="1:7">
       <c r="A1015" t="s">
         <v>2558</v>
       </c>
       <c r="B1015" s="1">
-        <v>194552841997</v>
+        <v>4009729074350</v>
       </c>
       <c r="C1015" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1015" t="s">
         <v>2559</v>
       </c>
-      <c r="D1015" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1015">
         <v>0</v>
       </c>
       <c r="F1015">
-        <v>0.0</v>
+        <v>1131.66</v>
       </c>
     </row>
     <row r="1016" spans="1:7">
       <c r="A1016" t="s">
+        <v>2560</v>
+      </c>
+      <c r="B1016" s="1">
+        <v>799408477735</v>
+      </c>
+      <c r="C1016" t="s">
         <v>2561</v>
       </c>
-      <c r="B1016" s="1">
-[...2 lines deleted...]
-      <c r="C1016" t="s">
+      <c r="D1016" t="s">
         <v>2562</v>
       </c>
-      <c r="D1016" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1016">
         <v>0</v>
       </c>
       <c r="F1016">
-        <v>251.28</v>
+        <v>86.99</v>
       </c>
     </row>
     <row r="1017" spans="1:7">
       <c r="A1017" t="s">
+        <v>2563</v>
+      </c>
+      <c r="B1017" s="1">
+        <v>7315820420901</v>
+      </c>
+      <c r="C1017" t="s">
         <v>2564</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
       <c r="D1017" t="s">
         <v>2565</v>
       </c>
       <c r="E1017">
         <v>0</v>
       </c>
       <c r="F1017">
-        <v>1131.66</v>
+        <v>299.0</v>
       </c>
     </row>
     <row r="1018" spans="1:7">
       <c r="A1018" t="s">
         <v>2566</v>
       </c>
       <c r="B1018" s="1">
-        <v>799408477735</v>
+        <v>704768439422</v>
       </c>
       <c r="C1018" t="s">
         <v>2567</v>
       </c>
       <c r="D1018" t="s">
         <v>2568</v>
       </c>
       <c r="E1018">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1018">
-        <v>86.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1019" spans="1:7">
       <c r="A1019" t="s">
         <v>2569</v>
       </c>
       <c r="B1019" s="1">
-        <v>7315820420901</v>
+        <v>7332543636556</v>
       </c>
       <c r="C1019" t="s">
         <v>2570</v>
       </c>
       <c r="D1019" t="s">
         <v>2571</v>
       </c>
       <c r="E1019">
         <v>0</v>
       </c>
       <c r="F1019">
-        <v>299.0</v>
+        <v>1999.0</v>
       </c>
     </row>
     <row r="1020" spans="1:7">
       <c r="A1020" t="s">
         <v>2572</v>
       </c>
-      <c r="B1020" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1020" s="1"/>
       <c r="C1020" t="s">
         <v>2573</v>
       </c>
       <c r="D1020" t="s">
         <v>2574</v>
       </c>
       <c r="E1020">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1020">
         <v>0.0</v>
       </c>
     </row>
     <row r="1021" spans="1:7">
       <c r="A1021" t="s">
         <v>2575</v>
       </c>
-      <c r="B1021" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1021" s="1"/>
       <c r="C1021" t="s">
         <v>2576</v>
       </c>
       <c r="D1021" t="s">
         <v>2577</v>
       </c>
       <c r="E1021">
         <v>0</v>
       </c>
       <c r="F1021">
-        <v>1999.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1022" spans="1:7">
       <c r="A1022" t="s">
         <v>2578</v>
       </c>
       <c r="B1022" s="1"/>
       <c r="C1022" t="s">
         <v>2579</v>
       </c>
       <c r="D1022" t="s">
         <v>2580</v>
       </c>
       <c r="E1022">
         <v>0</v>
       </c>
       <c r="F1022">
         <v>0.0</v>
       </c>
     </row>
     <row r="1023" spans="1:7">
       <c r="A1023" t="s">
         <v>2581</v>
       </c>
       <c r="B1023" s="1"/>
       <c r="C1023" t="s">
         <v>2582</v>
       </c>
       <c r="D1023" t="s">
         <v>2583</v>
       </c>
       <c r="E1023">
         <v>0</v>
       </c>
       <c r="F1023">
         <v>0.0</v>
       </c>
     </row>
     <row r="1024" spans="1:7">
       <c r="A1024" t="s">
         <v>2584</v>
       </c>
-      <c r="B1024" s="1"/>
+      <c r="B1024" s="1">
+        <v>810039492680</v>
+      </c>
       <c r="C1024" t="s">
         <v>2585</v>
       </c>
       <c r="D1024" t="s">
         <v>2586</v>
       </c>
       <c r="E1024">
         <v>0</v>
       </c>
       <c r="F1024">
-        <v>0.0</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="1025" spans="1:7">
       <c r="A1025" t="s">
+        <v>2581</v>
+      </c>
+      <c r="B1025" s="1">
+        <v>722020332755</v>
+      </c>
+      <c r="C1025" t="s">
+        <v>2582</v>
+      </c>
+      <c r="D1025" t="s">
         <v>2587</v>
       </c>
-      <c r="B1025" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="E1025">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1025">
-        <v>0.0</v>
+        <v>66.99</v>
       </c>
     </row>
     <row r="1026" spans="1:7">
       <c r="A1026" t="s">
-        <v>2590</v>
+        <v>2581</v>
       </c>
       <c r="B1026" s="1">
-        <v>810039492680</v>
+        <v>722020332755</v>
       </c>
       <c r="C1026" t="s">
-        <v>2591</v>
+        <v>2582</v>
       </c>
       <c r="D1026" t="s">
-        <v>2592</v>
+        <v>2588</v>
       </c>
       <c r="E1026">
         <v>0</v>
       </c>
       <c r="F1026">
-        <v>400.0</v>
+        <v>66.99</v>
       </c>
     </row>
     <row r="1027" spans="1:7">
       <c r="A1027" t="s">
-        <v>2587</v>
+        <v>2589</v>
       </c>
       <c r="B1027" s="1">
-        <v>722020332755</v>
+        <v>4897122209062</v>
       </c>
       <c r="C1027" t="s">
-        <v>2588</v>
+        <v>2590</v>
       </c>
       <c r="D1027" t="s">
-        <v>2593</v>
+        <v>2591</v>
       </c>
       <c r="E1027">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1027">
-        <v>66.99</v>
+        <v>699.99</v>
       </c>
     </row>
     <row r="1028" spans="1:7">
       <c r="A1028" t="s">
-        <v>2587</v>
-[...3 lines deleted...]
-      </c>
+        <v>2592</v>
+      </c>
+      <c r="B1028" s="1"/>
       <c r="C1028" t="s">
-        <v>2588</v>
+        <v>2593</v>
       </c>
       <c r="D1028" t="s">
         <v>2594</v>
       </c>
       <c r="E1028">
         <v>0</v>
       </c>
       <c r="F1028">
-        <v>66.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1029" spans="1:7">
       <c r="A1029" t="s">
         <v>2595</v>
       </c>
       <c r="B1029" s="1">
-        <v>4897122209062</v>
+        <v>3770014125507</v>
       </c>
       <c r="C1029" t="s">
         <v>2596</v>
       </c>
       <c r="D1029" t="s">
         <v>2597</v>
       </c>
       <c r="E1029">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F1029">
-        <v>699.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1030" spans="1:7">
       <c r="A1030" t="s">
         <v>2598</v>
       </c>
       <c r="B1030" s="1"/>
-      <c r="C1030" t="s">
+      <c r="D1030" t="s">
         <v>2599</v>
-      </c>
-[...1 lines deleted...]
-        <v>2600</v>
       </c>
       <c r="E1030">
         <v>0</v>
       </c>
       <c r="F1030">
         <v>0.0</v>
       </c>
     </row>
     <row r="1031" spans="1:7">
       <c r="A1031" t="s">
-        <v>2601</v>
+        <v>889</v>
       </c>
       <c r="B1031" s="1">
-        <v>3770014125507</v>
+        <v>3495795645876</v>
       </c>
       <c r="C1031" t="s">
-        <v>2602</v>
+        <v>890</v>
       </c>
       <c r="D1031" t="s">
-        <v>2603</v>
+        <v>2600</v>
       </c>
       <c r="E1031">
         <v>0</v>
       </c>
       <c r="F1031">
         <v>0.0</v>
       </c>
     </row>
     <row r="1032" spans="1:7">
       <c r="A1032" t="s">
-        <v>2604</v>
-[...1 lines deleted...]
-      <c r="B1032" s="1"/>
+        <v>2367</v>
+      </c>
+      <c r="B1032" s="1">
+        <v>5901752369900</v>
+      </c>
+      <c r="C1032" t="s">
+        <v>2368</v>
+      </c>
       <c r="D1032" t="s">
-        <v>2605</v>
+        <v>2601</v>
       </c>
       <c r="E1032">
         <v>0</v>
       </c>
       <c r="F1032">
         <v>0.0</v>
       </c>
     </row>
     <row r="1033" spans="1:7">
       <c r="A1033" t="s">
-        <v>892</v>
-[...3 lines deleted...]
-      </c>
+        <v>2602</v>
+      </c>
+      <c r="B1033" s="1"/>
       <c r="C1033" t="s">
-        <v>893</v>
+        <v>2603</v>
       </c>
       <c r="D1033" t="s">
-        <v>2606</v>
+        <v>2604</v>
       </c>
       <c r="E1033">
         <v>0</v>
       </c>
       <c r="F1033">
         <v>0.0</v>
       </c>
     </row>
     <row r="1034" spans="1:7">
       <c r="A1034" t="s">
-        <v>2373</v>
+        <v>2605</v>
       </c>
       <c r="B1034" s="1">
-        <v>5901752369900</v>
+        <v>6420613980560</v>
       </c>
       <c r="C1034" t="s">
-        <v>2374</v>
+        <v>2606</v>
       </c>
       <c r="D1034" t="s">
         <v>2607</v>
       </c>
       <c r="E1034">
         <v>0</v>
       </c>
       <c r="F1034">
         <v>0.0</v>
       </c>
     </row>
     <row r="1035" spans="1:7">
       <c r="A1035" t="s">
         <v>2608</v>
       </c>
-      <c r="B1035" s="1"/>
+      <c r="B1035" s="1">
+        <v>7350013892226</v>
+      </c>
       <c r="C1035" t="s">
         <v>2609</v>
       </c>
       <c r="D1035" t="s">
         <v>2610</v>
       </c>
       <c r="E1035">
         <v>0</v>
       </c>
       <c r="F1035">
-        <v>0.0</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="1036" spans="1:7">
       <c r="A1036" t="s">
         <v>2611</v>
       </c>
       <c r="B1036" s="1">
-        <v>6420613980560</v>
+        <v>820909778370</v>
       </c>
       <c r="C1036" t="s">
         <v>2612</v>
       </c>
       <c r="D1036" t="s">
         <v>2613</v>
       </c>
       <c r="E1036">
         <v>0</v>
       </c>
       <c r="F1036">
-        <v>0.0</v>
+        <v>364.79</v>
       </c>
     </row>
     <row r="1037" spans="1:7">
       <c r="A1037" t="s">
         <v>2614</v>
       </c>
       <c r="B1037" s="1">
-        <v>7350013892226</v>
+        <v>736900019117</v>
       </c>
       <c r="C1037" t="s">
         <v>2615</v>
       </c>
       <c r="D1037" t="s">
         <v>2616</v>
       </c>
       <c r="E1037">
         <v>0</v>
       </c>
       <c r="F1037">
-        <v>249.0</v>
+        <v>361.8</v>
       </c>
     </row>
     <row r="1038" spans="1:7">
       <c r="A1038" t="s">
         <v>2617</v>
       </c>
       <c r="B1038" s="1">
-        <v>7350013891588</v>
+        <v>810103151109</v>
       </c>
       <c r="C1038" t="s">
         <v>2618</v>
       </c>
       <c r="D1038" t="s">
         <v>2619</v>
       </c>
       <c r="E1038">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F1038">
-        <v>180.24</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="1039" spans="1:7">
       <c r="A1039" t="s">
         <v>2620</v>
       </c>
       <c r="B1039" s="1">
-        <v>820909778370</v>
+        <v>5055983112498</v>
       </c>
       <c r="C1039" t="s">
         <v>2621</v>
       </c>
       <c r="D1039" t="s">
         <v>2622</v>
       </c>
       <c r="E1039">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1039">
-        <v>364.79</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="1040" spans="1:7">
       <c r="A1040" t="s">
         <v>2623</v>
       </c>
       <c r="B1040" s="1">
-        <v>736900019117</v>
+        <v>6438543011766</v>
       </c>
       <c r="C1040" t="s">
         <v>2624</v>
       </c>
       <c r="D1040" t="s">
         <v>2625</v>
       </c>
       <c r="E1040">
         <v>0</v>
       </c>
       <c r="F1040">
-        <v>361.8</v>
+        <v>59.9</v>
       </c>
     </row>
     <row r="1041" spans="1:7">
-      <c r="A1041" t="s">
+      <c r="B1041" s="1"/>
+      <c r="C1041" t="s">
         <v>2626</v>
       </c>
-      <c r="B1041" s="1">
-[...2 lines deleted...]
-      <c r="C1041" t="s">
+      <c r="D1041" t="s">
         <v>2627</v>
       </c>
-      <c r="D1041" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1041">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1041">
-        <v>26.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1042" spans="1:7">
       <c r="A1042" t="s">
+        <v>2628</v>
+      </c>
+      <c r="B1042" s="1"/>
+      <c r="C1042" t="s">
         <v>2629</v>
       </c>
-      <c r="B1042" s="1">
-[...2 lines deleted...]
-      <c r="C1042" t="s">
+      <c r="D1042" t="s">
         <v>2630</v>
       </c>
-      <c r="D1042" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1042">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1042">
-        <v>349.9</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1043" spans="1:7">
       <c r="A1043" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B1043" s="1"/>
+      <c r="C1043" t="s">
         <v>2632</v>
       </c>
-      <c r="B1043" s="1">
-[...2 lines deleted...]
-      <c r="C1043" t="s">
+      <c r="D1043" t="s">
         <v>2633</v>
       </c>
-      <c r="D1043" t="s">
+      <c r="E1043">
+        <v>0</v>
+      </c>
+      <c r="F1043">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:7">
+      <c r="A1044" t="s">
         <v>2634</v>
       </c>
-      <c r="E1043">
-[...7 lines deleted...]
-      <c r="B1044" s="1"/>
+      <c r="B1044" s="1">
+        <v>6974649195189</v>
+      </c>
       <c r="C1044" t="s">
         <v>2635</v>
       </c>
       <c r="D1044" t="s">
         <v>2636</v>
       </c>
       <c r="E1044">
         <v>1</v>
       </c>
       <c r="F1044">
-        <v>0.0</v>
+        <v>76.99</v>
       </c>
     </row>
     <row r="1045" spans="1:7">
       <c r="A1045" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B1045" s="1">
+        <v>6974649195189</v>
+      </c>
+      <c r="C1045" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D1045" t="s">
         <v>2637</v>
       </c>
-      <c r="B1045" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="E1045">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1045">
-        <v>0.0</v>
+        <v>76.99</v>
       </c>
     </row>
     <row r="1046" spans="1:7">
       <c r="A1046" t="s">
-        <v>2640</v>
+        <v>2638</v>
       </c>
       <c r="B1046" s="1"/>
       <c r="C1046" t="s">
-        <v>2641</v>
+        <v>2639</v>
       </c>
       <c r="D1046" t="s">
-        <v>2642</v>
+        <v>2640</v>
       </c>
       <c r="E1046">
         <v>0</v>
       </c>
       <c r="F1046">
         <v>0.0</v>
       </c>
     </row>
     <row r="1047" spans="1:7">
       <c r="A1047" t="s">
+        <v>2641</v>
+      </c>
+      <c r="B1047" s="1">
+        <v>729604422130</v>
+      </c>
+      <c r="C1047" t="s">
+        <v>2642</v>
+      </c>
+      <c r="D1047" t="s">
         <v>2643</v>
       </c>
-      <c r="B1047" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E1047">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1047">
-        <v>76.99</v>
+        <v>169.99</v>
       </c>
     </row>
     <row r="1048" spans="1:7">
       <c r="A1048" t="s">
-        <v>2643</v>
+        <v>2644</v>
       </c>
       <c r="B1048" s="1">
-        <v>6974649195189</v>
+        <v>729604850599</v>
       </c>
       <c r="C1048" t="s">
-        <v>2644</v>
+        <v>2645</v>
       </c>
       <c r="D1048" t="s">
         <v>2646</v>
       </c>
       <c r="E1048">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1048">
-        <v>76.99</v>
+        <v>188.29</v>
       </c>
     </row>
     <row r="1049" spans="1:7">
       <c r="A1049" t="s">
         <v>2647</v>
       </c>
-      <c r="B1049" s="1"/>
+      <c r="B1049" s="1">
+        <v>729604422147</v>
+      </c>
       <c r="C1049" t="s">
         <v>2648</v>
       </c>
       <c r="D1049" t="s">
         <v>2649</v>
       </c>
       <c r="E1049">
         <v>0</v>
       </c>
       <c r="F1049">
-        <v>0.0</v>
+        <v>165.99</v>
       </c>
     </row>
     <row r="1050" spans="1:7">
       <c r="A1050" t="s">
         <v>2650</v>
       </c>
-      <c r="B1050" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1050" s="1"/>
       <c r="C1050" t="s">
         <v>2651</v>
       </c>
       <c r="D1050" t="s">
         <v>2652</v>
       </c>
       <c r="E1050">
         <v>0</v>
       </c>
       <c r="F1050">
-        <v>169.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1051" spans="1:7">
       <c r="A1051" t="s">
         <v>2653</v>
       </c>
-      <c r="B1051" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1051" s="1"/>
       <c r="C1051" t="s">
         <v>2654</v>
       </c>
       <c r="D1051" t="s">
         <v>2655</v>
       </c>
       <c r="E1051">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F1051">
-        <v>188.29</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1052" spans="1:7">
       <c r="A1052" t="s">
         <v>2656</v>
       </c>
       <c r="B1052" s="1">
-        <v>729604422147</v>
+        <v>6009075859050</v>
       </c>
       <c r="C1052" t="s">
         <v>2657</v>
       </c>
       <c r="D1052" t="s">
         <v>2658</v>
       </c>
       <c r="E1052">
         <v>0</v>
       </c>
       <c r="F1052">
-        <v>165.99</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="1053" spans="1:7">
       <c r="A1053" t="s">
         <v>2659</v>
       </c>
-      <c r="B1053" s="1"/>
+      <c r="B1053" s="1">
+        <v>810013787436</v>
+      </c>
       <c r="C1053" t="s">
         <v>2660</v>
       </c>
       <c r="D1053" t="s">
         <v>2661</v>
       </c>
       <c r="E1053">
         <v>0</v>
       </c>
       <c r="F1053">
-        <v>0.0</v>
+        <v>99.99</v>
       </c>
     </row>
     <row r="1054" spans="1:7">
       <c r="A1054" t="s">
         <v>2662</v>
       </c>
-      <c r="B1054" s="1"/>
+      <c r="B1054" s="1">
+        <v>4030969043622</v>
+      </c>
       <c r="C1054" t="s">
         <v>2663</v>
       </c>
       <c r="D1054" t="s">
         <v>2664</v>
       </c>
       <c r="E1054">
         <v>0</v>
       </c>
       <c r="F1054">
         <v>0.0</v>
       </c>
     </row>
     <row r="1055" spans="1:7">
       <c r="A1055" t="s">
         <v>2665</v>
       </c>
       <c r="B1055" s="1">
-        <v>6009075859050</v>
+        <v>707262719236</v>
       </c>
       <c r="C1055" t="s">
         <v>2666</v>
       </c>
       <c r="D1055" t="s">
         <v>2667</v>
       </c>
       <c r="E1055">
         <v>0</v>
       </c>
       <c r="F1055">
-        <v>59.99</v>
+        <v>404.47</v>
       </c>
     </row>
     <row r="1056" spans="1:7">
       <c r="A1056" t="s">
         <v>2668</v>
       </c>
-      <c r="B1056" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1056" s="1"/>
       <c r="C1056" t="s">
         <v>2669</v>
       </c>
       <c r="D1056" t="s">
         <v>2670</v>
       </c>
       <c r="E1056">
         <v>0</v>
       </c>
       <c r="F1056">
-        <v>99.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1057" spans="1:7">
       <c r="A1057" t="s">
+        <v>2668</v>
+      </c>
+      <c r="B1057" s="1"/>
+      <c r="C1057" t="s">
+        <v>2669</v>
+      </c>
+      <c r="D1057" t="s">
         <v>2671</v>
-      </c>
-[...7 lines deleted...]
-        <v>2673</v>
       </c>
       <c r="E1057">
         <v>0</v>
       </c>
       <c r="F1057">
         <v>0.0</v>
       </c>
     </row>
     <row r="1058" spans="1:7">
       <c r="A1058" t="s">
+        <v>2672</v>
+      </c>
+      <c r="B1058" s="1"/>
+      <c r="C1058" t="s">
+        <v>2673</v>
+      </c>
+      <c r="D1058" t="s">
         <v>2674</v>
       </c>
-      <c r="B1058" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E1058">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1058">
-        <v>404.47</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1059" spans="1:7">
       <c r="A1059" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B1059" s="1">
+        <v>705604467722</v>
+      </c>
+      <c r="C1059" t="s">
+        <v>2676</v>
+      </c>
+      <c r="D1059" t="s">
         <v>2677</v>
       </c>
-      <c r="B1059" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="E1059">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1059">
-        <v>0.0</v>
+        <v>410.91</v>
       </c>
     </row>
     <row r="1060" spans="1:7">
       <c r="A1060" t="s">
-        <v>2677</v>
-[...1 lines deleted...]
-      <c r="B1060" s="1"/>
+        <v>2678</v>
+      </c>
+      <c r="B1060" s="1">
+        <v>8436606271445</v>
+      </c>
       <c r="C1060" t="s">
-        <v>2678</v>
+        <v>2679</v>
       </c>
       <c r="D1060" t="s">
         <v>2680</v>
       </c>
       <c r="E1060">
         <v>0</v>
       </c>
       <c r="F1060">
-        <v>0.0</v>
+        <v>389.95</v>
       </c>
     </row>
     <row r="1061" spans="1:7">
       <c r="A1061" t="s">
         <v>2681</v>
       </c>
-      <c r="B1061" s="1"/>
+      <c r="B1061" s="1">
+        <v>5060630692452</v>
+      </c>
       <c r="C1061" t="s">
         <v>2682</v>
       </c>
       <c r="D1061" t="s">
         <v>2683</v>
       </c>
       <c r="E1061">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1061">
-        <v>0.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="1062" spans="1:7">
       <c r="A1062" t="s">
         <v>2684</v>
       </c>
       <c r="B1062" s="1">
-        <v>705604467722</v>
+        <v>768492991649</v>
       </c>
       <c r="C1062" t="s">
         <v>2685</v>
       </c>
       <c r="D1062" t="s">
         <v>2686</v>
       </c>
       <c r="E1062">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1062">
-        <v>410.91</v>
+        <v>170.9</v>
       </c>
     </row>
     <row r="1063" spans="1:7">
       <c r="A1063" t="s">
         <v>2687</v>
       </c>
       <c r="B1063" s="1">
-        <v>8436606271445</v>
+        <v>738630867877</v>
       </c>
       <c r="C1063" t="s">
         <v>2688</v>
       </c>
       <c r="D1063" t="s">
         <v>2689</v>
       </c>
       <c r="E1063">
         <v>0</v>
       </c>
       <c r="F1063">
-        <v>389.95</v>
+        <v>449.99</v>
       </c>
     </row>
     <row r="1064" spans="1:7">
       <c r="A1064" t="s">
         <v>2690</v>
       </c>
-      <c r="B1064" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1064" s="1"/>
       <c r="C1064" t="s">
         <v>2691</v>
       </c>
       <c r="D1064" t="s">
         <v>2692</v>
       </c>
       <c r="E1064">
         <v>0</v>
       </c>
       <c r="F1064">
-        <v>340.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1065" spans="1:7">
       <c r="A1065" t="s">
         <v>2693</v>
       </c>
       <c r="B1065" s="1">
-        <v>768492991649</v>
+        <v>713929549368</v>
       </c>
       <c r="C1065" t="s">
         <v>2694</v>
       </c>
       <c r="D1065" t="s">
         <v>2695</v>
       </c>
       <c r="E1065">
         <v>0</v>
       </c>
       <c r="F1065">
-        <v>170.9</v>
+        <v>479.09</v>
       </c>
     </row>
     <row r="1066" spans="1:7">
       <c r="A1066" t="s">
         <v>2696</v>
       </c>
-      <c r="B1066" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1066" s="1"/>
       <c r="C1066" t="s">
         <v>2697</v>
       </c>
       <c r="D1066" t="s">
         <v>2698</v>
       </c>
       <c r="E1066">
         <v>0</v>
       </c>
       <c r="F1066">
-        <v>449.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1067" spans="1:7">
       <c r="A1067" t="s">
         <v>2699</v>
       </c>
-      <c r="B1067" s="1"/>
+      <c r="B1067" s="1">
+        <v>733205101257</v>
+      </c>
       <c r="C1067" t="s">
         <v>2700</v>
       </c>
       <c r="D1067" t="s">
         <v>2701</v>
       </c>
       <c r="E1067">
         <v>0</v>
       </c>
       <c r="F1067">
-        <v>0.0</v>
+        <v>410.42</v>
       </c>
     </row>
     <row r="1068" spans="1:7">
       <c r="A1068" t="s">
         <v>2702</v>
       </c>
-      <c r="B1068" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1068" s="1"/>
       <c r="C1068" t="s">
         <v>2703</v>
       </c>
       <c r="D1068" t="s">
         <v>2704</v>
       </c>
       <c r="E1068">
         <v>0</v>
       </c>
       <c r="F1068">
-        <v>479.09</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1069" spans="1:7">
       <c r="A1069" t="s">
         <v>2705</v>
       </c>
       <c r="B1069" s="1"/>
       <c r="C1069" t="s">
         <v>2706</v>
       </c>
       <c r="D1069" t="s">
         <v>2707</v>
       </c>
       <c r="E1069">
         <v>0</v>
       </c>
       <c r="F1069">
         <v>0.0</v>
       </c>
     </row>
     <row r="1070" spans="1:7">
       <c r="A1070" t="s">
         <v>2708</v>
       </c>
-      <c r="B1070" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1070" s="1"/>
       <c r="C1070" t="s">
         <v>2709</v>
       </c>
       <c r="D1070" t="s">
         <v>2710</v>
       </c>
       <c r="E1070">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1070">
-        <v>410.42</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1071" spans="1:7">
       <c r="A1071" t="s">
         <v>2711</v>
       </c>
       <c r="B1071" s="1"/>
       <c r="C1071" t="s">
         <v>2712</v>
       </c>
       <c r="D1071" t="s">
         <v>2713</v>
       </c>
       <c r="E1071">
         <v>0</v>
       </c>
       <c r="F1071">
         <v>0.0</v>
       </c>
     </row>
     <row r="1072" spans="1:7">
       <c r="A1072" t="s">
         <v>2714</v>
       </c>
-      <c r="B1072" s="1"/>
+      <c r="B1072" s="1">
+        <v>706597305305</v>
+      </c>
       <c r="C1072" t="s">
         <v>2715</v>
       </c>
       <c r="D1072" t="s">
         <v>2716</v>
       </c>
       <c r="E1072">
         <v>0</v>
       </c>
       <c r="F1072">
-        <v>0.0</v>
+        <v>778.17</v>
       </c>
     </row>
     <row r="1073" spans="1:7">
       <c r="A1073" t="s">
         <v>2717</v>
       </c>
-      <c r="B1073" s="1"/>
+      <c r="B1073" s="1">
+        <v>791360325598</v>
+      </c>
       <c r="C1073" t="s">
         <v>2718</v>
       </c>
       <c r="D1073" t="s">
         <v>2719</v>
       </c>
       <c r="E1073">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1073">
-        <v>0.0</v>
+        <v>319.99</v>
       </c>
     </row>
     <row r="1074" spans="1:7">
       <c r="A1074" t="s">
         <v>2720</v>
       </c>
-      <c r="B1074" s="1"/>
+      <c r="B1074" s="1">
+        <v>6956651414786</v>
+      </c>
       <c r="C1074" t="s">
         <v>2721</v>
       </c>
       <c r="D1074" t="s">
         <v>2722</v>
       </c>
       <c r="E1074">
         <v>0</v>
       </c>
       <c r="F1074">
-        <v>0.0</v>
+        <v>562.94</v>
       </c>
     </row>
     <row r="1075" spans="1:7">
       <c r="A1075" t="s">
         <v>2723</v>
       </c>
       <c r="B1075" s="1">
-        <v>706597305305</v>
+        <v>7350013892240</v>
       </c>
       <c r="C1075" t="s">
         <v>2724</v>
       </c>
       <c r="D1075" t="s">
         <v>2725</v>
       </c>
       <c r="E1075">
         <v>0</v>
       </c>
       <c r="F1075">
-        <v>778.17</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="1076" spans="1:7">
       <c r="A1076" t="s">
         <v>2726</v>
       </c>
-      <c r="B1076" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1076" s="1"/>
       <c r="C1076" t="s">
         <v>2727</v>
       </c>
       <c r="D1076" t="s">
         <v>2728</v>
       </c>
       <c r="E1076">
         <v>0</v>
       </c>
       <c r="F1076">
-        <v>319.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1077" spans="1:7">
       <c r="A1077" t="s">
         <v>2729</v>
       </c>
-      <c r="B1077" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1077" s="1"/>
       <c r="C1077" t="s">
+        <v>2712</v>
+      </c>
+      <c r="D1077" t="s">
         <v>2730</v>
       </c>
-      <c r="D1077" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1077">
         <v>0</v>
       </c>
       <c r="F1077">
-        <v>562.94</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1078" spans="1:7">
       <c r="A1078" t="s">
+        <v>2731</v>
+      </c>
+      <c r="B1078" s="1"/>
+      <c r="C1078" t="s">
         <v>2732</v>
       </c>
-      <c r="B1078" s="1">
-[...2 lines deleted...]
-      <c r="C1078" t="s">
+      <c r="D1078" t="s">
         <v>2733</v>
       </c>
-      <c r="D1078" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1078">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1078">
-        <v>249.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1079" spans="1:7">
       <c r="A1079" t="s">
-        <v>2735</v>
+        <v>2734</v>
       </c>
       <c r="B1079" s="1"/>
       <c r="C1079" t="s">
+        <v>2735</v>
+      </c>
+      <c r="D1079" t="s">
         <v>2736</v>
-      </c>
-[...1 lines deleted...]
-        <v>2737</v>
       </c>
       <c r="E1079">
         <v>0</v>
       </c>
       <c r="F1079">
         <v>0.0</v>
       </c>
     </row>
     <row r="1080" spans="1:7">
       <c r="A1080" t="s">
-        <v>2738</v>
+        <v>2737</v>
       </c>
       <c r="B1080" s="1"/>
       <c r="C1080" t="s">
-        <v>2721</v>
+        <v>2738</v>
       </c>
       <c r="D1080" t="s">
         <v>2739</v>
       </c>
       <c r="E1080">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1080">
         <v>0.0</v>
       </c>
     </row>
     <row r="1081" spans="1:7">
       <c r="A1081" t="s">
         <v>2740</v>
       </c>
       <c r="B1081" s="1"/>
       <c r="C1081" t="s">
         <v>2741</v>
       </c>
       <c r="D1081" t="s">
         <v>2742</v>
       </c>
       <c r="E1081">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1081">
         <v>0.0</v>
       </c>
     </row>
     <row r="1082" spans="1:7">
       <c r="A1082" t="s">
+        <v>2608</v>
+      </c>
+      <c r="B1082" s="1">
+        <v>7350013892226</v>
+      </c>
+      <c r="C1082" t="s">
+        <v>2609</v>
+      </c>
+      <c r="D1082" t="s">
         <v>2743</v>
       </c>
-      <c r="B1082" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="E1082">
         <v>0</v>
       </c>
       <c r="F1082">
-        <v>0.0</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="1083" spans="1:7">
       <c r="A1083" t="s">
+        <v>2744</v>
+      </c>
+      <c r="B1083" s="1">
+        <v>4270000736117</v>
+      </c>
+      <c r="C1083" t="s">
+        <v>2745</v>
+      </c>
+      <c r="D1083" t="s">
         <v>2746</v>
       </c>
-      <c r="B1083" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="E1083">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1083">
-        <v>0.0</v>
+        <v>62.95</v>
       </c>
     </row>
     <row r="1084" spans="1:7">
       <c r="A1084" t="s">
+        <v>2747</v>
+      </c>
+      <c r="B1084" s="1">
+        <v>9456931260258</v>
+      </c>
+      <c r="C1084" t="s">
+        <v>2748</v>
+      </c>
+      <c r="D1084" t="s">
         <v>2749</v>
       </c>
-      <c r="B1084" s="1"/>
-[...5 lines deleted...]
-      </c>
       <c r="E1084">
         <v>0</v>
       </c>
       <c r="F1084">
-        <v>0.0</v>
+        <v>194.09</v>
       </c>
     </row>
     <row r="1085" spans="1:7">
       <c r="A1085" t="s">
-        <v>2614</v>
+        <v>2750</v>
       </c>
       <c r="B1085" s="1">
-        <v>7350013892226</v>
+        <v>6971185238141</v>
       </c>
       <c r="C1085" t="s">
-        <v>2615</v>
+        <v>2751</v>
       </c>
       <c r="D1085" t="s">
         <v>2752</v>
       </c>
       <c r="E1085">
         <v>0</v>
       </c>
       <c r="F1085">
-        <v>249.0</v>
+        <v>189.64</v>
       </c>
     </row>
     <row r="1086" spans="1:7">
       <c r="A1086" t="s">
         <v>2753</v>
       </c>
       <c r="B1086" s="1">
-        <v>4270000736117</v>
+        <v>6974649195196</v>
       </c>
       <c r="C1086" t="s">
         <v>2754</v>
       </c>
       <c r="D1086" t="s">
         <v>2755</v>
       </c>
       <c r="E1086">
         <v>0</v>
       </c>
       <c r="F1086">
-        <v>62.95</v>
+        <v>66.49</v>
       </c>
     </row>
     <row r="1087" spans="1:7">
       <c r="A1087" t="s">
         <v>2756</v>
       </c>
-      <c r="B1087" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1087" s="1"/>
       <c r="C1087" t="s">
+        <v>2626</v>
+      </c>
+      <c r="D1087" t="s">
         <v>2757</v>
       </c>
-      <c r="D1087" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1087">
         <v>0</v>
       </c>
       <c r="F1087">
-        <v>194.09</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1088" spans="1:7">
       <c r="A1088" t="s">
-        <v>2759</v>
+        <v>2714</v>
       </c>
       <c r="B1088" s="1">
-        <v>6971185238141</v>
+        <v>706597305305</v>
       </c>
       <c r="C1088" t="s">
-        <v>2760</v>
+        <v>2715</v>
       </c>
       <c r="D1088" t="s">
-        <v>2761</v>
+        <v>2758</v>
       </c>
       <c r="E1088">
         <v>0</v>
       </c>
       <c r="F1088">
-        <v>189.64</v>
+        <v>778.17</v>
       </c>
     </row>
     <row r="1089" spans="1:7">
       <c r="A1089" t="s">
-        <v>2762</v>
+        <v>2759</v>
       </c>
       <c r="B1089" s="1">
-        <v>6974649195196</v>
+        <v>850017613386</v>
       </c>
       <c r="C1089" t="s">
-        <v>2763</v>
+        <v>2760</v>
       </c>
       <c r="D1089" t="s">
-        <v>2764</v>
+        <v>2761</v>
       </c>
       <c r="E1089">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1089">
-        <v>66.49</v>
+        <v>459.99</v>
       </c>
     </row>
     <row r="1090" spans="1:7">
       <c r="A1090" t="s">
-        <v>2765</v>
-[...1 lines deleted...]
-      <c r="B1090" s="1"/>
+        <v>2762</v>
+      </c>
+      <c r="B1090" s="1">
+        <v>820909774020</v>
+      </c>
       <c r="C1090" t="s">
-        <v>2635</v>
+        <v>2763</v>
       </c>
       <c r="D1090" t="s">
-        <v>2766</v>
+        <v>2764</v>
       </c>
       <c r="E1090">
         <v>0</v>
       </c>
       <c r="F1090">
-        <v>0.0</v>
+        <v>469.99</v>
       </c>
     </row>
     <row r="1091" spans="1:7">
       <c r="A1091" t="s">
-        <v>2723</v>
+        <v>2765</v>
       </c>
       <c r="B1091" s="1">
-        <v>706597305305</v>
+        <v>820909744047</v>
       </c>
       <c r="C1091" t="s">
-        <v>2724</v>
+        <v>2766</v>
       </c>
       <c r="D1091" t="s">
         <v>2767</v>
       </c>
       <c r="E1091">
         <v>0</v>
       </c>
       <c r="F1091">
-        <v>778.17</v>
+        <v>299.99</v>
       </c>
     </row>
     <row r="1092" spans="1:7">
       <c r="A1092" t="s">
         <v>2768</v>
       </c>
       <c r="B1092" s="1">
-        <v>850017613386</v>
+        <v>4086673154987</v>
       </c>
       <c r="C1092" t="s">
         <v>2769</v>
       </c>
       <c r="D1092" t="s">
         <v>2770</v>
       </c>
       <c r="E1092">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1092">
-        <v>459.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1093" spans="1:7">
       <c r="A1093" t="s">
         <v>2771</v>
       </c>
       <c r="B1093" s="1">
-        <v>820909774020</v>
+        <v>3701335309000</v>
       </c>
       <c r="C1093" t="s">
         <v>2772</v>
       </c>
       <c r="D1093" t="s">
         <v>2773</v>
       </c>
       <c r="E1093">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1093">
-        <v>469.99</v>
+        <v>271.06</v>
       </c>
     </row>
     <row r="1094" spans="1:7">
       <c r="A1094" t="s">
         <v>2774</v>
       </c>
       <c r="B1094" s="1">
-        <v>820909744047</v>
+        <v>765142568671</v>
       </c>
       <c r="C1094" t="s">
         <v>2775</v>
       </c>
       <c r="D1094" t="s">
         <v>2776</v>
       </c>
       <c r="E1094">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1094">
-        <v>299.99</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="1095" spans="1:7">
       <c r="A1095" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B1095" s="1">
+        <v>738630867877</v>
+      </c>
+      <c r="C1095" t="s">
+        <v>2688</v>
+      </c>
+      <c r="D1095" t="s">
         <v>2777</v>
       </c>
-      <c r="B1095" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E1095">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F1095">
-        <v>0.0</v>
+        <v>449.99</v>
       </c>
     </row>
     <row r="1096" spans="1:7">
       <c r="A1096" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B1096" s="1">
+        <v>754302178683</v>
+      </c>
+      <c r="C1096" t="s">
+        <v>2779</v>
+      </c>
+      <c r="D1096" t="s">
         <v>2780</v>
-      </c>
-[...7 lines deleted...]
-        <v>2782</v>
       </c>
       <c r="E1096">
         <v>1</v>
       </c>
       <c r="F1096">
-        <v>271.06</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1097" spans="1:7">
       <c r="A1097" t="s">
-        <v>2783</v>
+        <v>2608</v>
       </c>
       <c r="B1097" s="1">
-        <v>765142568671</v>
+        <v>7350013892226</v>
       </c>
       <c r="C1097" t="s">
-        <v>2784</v>
+        <v>2609</v>
       </c>
       <c r="D1097" t="s">
-        <v>2785</v>
+        <v>2781</v>
       </c>
       <c r="E1097">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1097">
-        <v>59.99</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="1098" spans="1:7">
       <c r="A1098" t="s">
-        <v>2696</v>
+        <v>2782</v>
       </c>
       <c r="B1098" s="1">
-        <v>738630867877</v>
+        <v>6438543011735</v>
       </c>
       <c r="C1098" t="s">
-        <v>2697</v>
+        <v>2783</v>
       </c>
       <c r="D1098" t="s">
-        <v>2786</v>
+        <v>2784</v>
       </c>
       <c r="E1098">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F1098">
-        <v>449.99</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="1099" spans="1:7">
       <c r="A1099" t="s">
-        <v>2787</v>
+        <v>2681</v>
       </c>
       <c r="B1099" s="1">
-        <v>754302178683</v>
+        <v>5060630692452</v>
       </c>
       <c r="C1099" t="s">
-        <v>2788</v>
+        <v>2682</v>
       </c>
       <c r="D1099" t="s">
-        <v>2789</v>
+        <v>2785</v>
       </c>
       <c r="E1099">
         <v>1</v>
       </c>
       <c r="F1099">
-        <v>0.0</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="1100" spans="1:7">
       <c r="A1100" t="s">
-        <v>2614</v>
-[...3 lines deleted...]
-      </c>
+        <v>2786</v>
+      </c>
+      <c r="B1100" s="1"/>
       <c r="C1100" t="s">
-        <v>2615</v>
+        <v>2787</v>
       </c>
       <c r="D1100" t="s">
-        <v>2790</v>
+        <v>2788</v>
       </c>
       <c r="E1100">
         <v>0</v>
       </c>
       <c r="F1100">
-        <v>249.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1101" spans="1:7">
       <c r="A1101" t="s">
-        <v>2791</v>
+        <v>2681</v>
       </c>
       <c r="B1101" s="1">
-        <v>6438543011735</v>
+        <v>5060630692452</v>
       </c>
       <c r="C1101" t="s">
-        <v>2792</v>
+        <v>2682</v>
       </c>
       <c r="D1101" t="s">
-        <v>2793</v>
+        <v>2789</v>
       </c>
       <c r="E1101">
         <v>0</v>
       </c>
       <c r="F1101">
-        <v>79.9</v>
+        <v>340.0</v>
       </c>
     </row>
     <row r="1102" spans="1:7">
       <c r="A1102" t="s">
-        <v>2690</v>
+        <v>2687</v>
       </c>
       <c r="B1102" s="1">
-        <v>5060630692452</v>
+        <v>738630867877</v>
       </c>
       <c r="C1102" t="s">
-        <v>2691</v>
+        <v>2688</v>
       </c>
       <c r="D1102" t="s">
-        <v>2794</v>
+        <v>2790</v>
       </c>
       <c r="E1102">
         <v>1</v>
       </c>
       <c r="F1102">
-        <v>340.0</v>
+        <v>449.99</v>
       </c>
     </row>
     <row r="1103" spans="1:7">
       <c r="A1103" t="s">
-        <v>2795</v>
-[...1 lines deleted...]
-      <c r="B1103" s="1"/>
+        <v>2791</v>
+      </c>
+      <c r="B1103" s="1">
+        <v>7076941683209</v>
+      </c>
       <c r="C1103" t="s">
-        <v>2796</v>
+        <v>2792</v>
       </c>
       <c r="D1103" t="s">
-        <v>2797</v>
+        <v>2793</v>
       </c>
       <c r="E1103">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1103">
-        <v>0.0</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="1104" spans="1:7">
       <c r="A1104" t="s">
-        <v>2690</v>
-[...3 lines deleted...]
-      </c>
+        <v>2794</v>
+      </c>
+      <c r="B1104" s="1"/>
       <c r="C1104" t="s">
-        <v>2691</v>
+        <v>2795</v>
       </c>
       <c r="D1104" t="s">
-        <v>2798</v>
+        <v>2796</v>
       </c>
       <c r="E1104">
         <v>0</v>
       </c>
       <c r="F1104">
-        <v>340.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1105" spans="1:7">
       <c r="A1105" t="s">
-        <v>2696</v>
-[...3 lines deleted...]
-      </c>
+        <v>2797</v>
+      </c>
+      <c r="B1105" s="1"/>
       <c r="C1105" t="s">
-        <v>2697</v>
+        <v>2798</v>
       </c>
       <c r="D1105" t="s">
         <v>2799</v>
       </c>
       <c r="E1105">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1105">
-        <v>449.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1106" spans="1:7">
       <c r="A1106" t="s">
         <v>2800</v>
       </c>
-      <c r="B1106" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1106" s="1"/>
       <c r="C1106" t="s">
         <v>2801</v>
       </c>
       <c r="D1106" t="s">
         <v>2802</v>
       </c>
       <c r="E1106">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1106">
-        <v>104.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1107" spans="1:7">
       <c r="A1107" t="s">
         <v>2803</v>
       </c>
       <c r="B1107" s="1"/>
       <c r="C1107" t="s">
         <v>2804</v>
       </c>
       <c r="D1107" t="s">
         <v>2805</v>
       </c>
       <c r="E1107">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1107">
         <v>0.0</v>
       </c>
     </row>
     <row r="1108" spans="1:7">
       <c r="A1108" t="s">
         <v>2806</v>
       </c>
       <c r="B1108" s="1"/>
       <c r="C1108" t="s">
         <v>2807</v>
       </c>
       <c r="D1108" t="s">
         <v>2808</v>
       </c>
       <c r="E1108">
         <v>0</v>
       </c>
       <c r="F1108">
         <v>0.0</v>
       </c>
     </row>
     <row r="1109" spans="1:7">
       <c r="A1109" t="s">
         <v>2809</v>
       </c>
-      <c r="B1109" s="1"/>
+      <c r="B1109" s="1">
+        <v>4054278544830</v>
+      </c>
       <c r="C1109" t="s">
         <v>2810</v>
       </c>
       <c r="D1109" t="s">
         <v>2811</v>
       </c>
       <c r="E1109">
         <v>0</v>
       </c>
       <c r="F1109">
-        <v>0.0</v>
+        <v>158.79</v>
       </c>
     </row>
     <row r="1110" spans="1:7">
       <c r="A1110" t="s">
         <v>2812</v>
       </c>
-      <c r="B1110" s="1"/>
+      <c r="B1110" s="1">
+        <v>5060785622595</v>
+      </c>
       <c r="C1110" t="s">
         <v>2813</v>
       </c>
       <c r="D1110" t="s">
         <v>2814</v>
       </c>
       <c r="E1110">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1110">
-        <v>0.0</v>
+        <v>165.49</v>
       </c>
     </row>
     <row r="1111" spans="1:7">
       <c r="A1111" t="s">
         <v>2815</v>
       </c>
       <c r="B1111" s="1"/>
       <c r="C1111" t="s">
         <v>2816</v>
       </c>
       <c r="D1111" t="s">
         <v>2817</v>
       </c>
       <c r="E1111">
         <v>0</v>
       </c>
       <c r="F1111">
         <v>0.0</v>
       </c>
     </row>
     <row r="1112" spans="1:7">
       <c r="A1112" t="s">
         <v>2818</v>
       </c>
-      <c r="B1112" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1112" s="1"/>
       <c r="C1112" t="s">
         <v>2819</v>
       </c>
       <c r="D1112" t="s">
         <v>2820</v>
       </c>
       <c r="E1112">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1112">
-        <v>158.79</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1113" spans="1:7">
       <c r="A1113" t="s">
         <v>2821</v>
       </c>
       <c r="B1113" s="1">
-        <v>5060785622595</v>
+        <v>6972506512384</v>
       </c>
       <c r="C1113" t="s">
         <v>2822</v>
       </c>
       <c r="D1113" t="s">
         <v>2823</v>
       </c>
       <c r="E1113">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F1113">
-        <v>165.49</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1114" spans="1:7">
       <c r="A1114" t="s">
         <v>2824</v>
       </c>
       <c r="B1114" s="1"/>
       <c r="C1114" t="s">
         <v>2825</v>
       </c>
       <c r="D1114" t="s">
         <v>2826</v>
       </c>
       <c r="E1114">
         <v>0</v>
       </c>
       <c r="F1114">
         <v>0.0</v>
       </c>
     </row>
     <row r="1115" spans="1:7">
       <c r="A1115" t="s">
         <v>2827</v>
       </c>
-      <c r="B1115" s="1"/>
+      <c r="B1115" s="1">
+        <v>4260579751048</v>
+      </c>
       <c r="C1115" t="s">
         <v>2828</v>
       </c>
       <c r="D1115" t="s">
         <v>2829</v>
       </c>
       <c r="E1115">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1115">
-        <v>0.0</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="1116" spans="1:7">
       <c r="A1116" t="s">
         <v>2830</v>
       </c>
       <c r="B1116" s="1">
-        <v>6972506512384</v>
+        <v>664005438130</v>
       </c>
       <c r="C1116" t="s">
         <v>2831</v>
       </c>
       <c r="D1116" t="s">
         <v>2832</v>
       </c>
       <c r="E1116">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F1116">
-        <v>0.0</v>
+        <v>384.17</v>
       </c>
     </row>
     <row r="1117" spans="1:7">
       <c r="A1117" t="s">
         <v>2833</v>
       </c>
       <c r="B1117" s="1"/>
       <c r="C1117" t="s">
         <v>2834</v>
       </c>
       <c r="D1117" t="s">
         <v>2835</v>
       </c>
       <c r="E1117">
         <v>0</v>
       </c>
       <c r="F1117">
         <v>0.0</v>
       </c>
     </row>
     <row r="1118" spans="1:7">
       <c r="A1118" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B1118" s="1">
+        <v>7350013891571</v>
+      </c>
+      <c r="C1118" t="s">
+        <v>2550</v>
+      </c>
+      <c r="D1118" t="s">
         <v>2836</v>
       </c>
-      <c r="B1118" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E1118">
         <v>0</v>
       </c>
       <c r="F1118">
-        <v>14.9</v>
+        <v>249.0</v>
       </c>
     </row>
     <row r="1119" spans="1:7">
       <c r="A1119" t="s">
-        <v>2839</v>
-[...3 lines deleted...]
-      </c>
+        <v>2653</v>
+      </c>
+      <c r="B1119" s="1"/>
       <c r="C1119" t="s">
-        <v>2840</v>
+        <v>2654</v>
       </c>
       <c r="D1119" t="s">
-        <v>2841</v>
+        <v>2837</v>
       </c>
       <c r="E1119">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1119">
-        <v>384.17</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1120" spans="1:7">
       <c r="A1120" t="s">
-        <v>2842</v>
-[...1 lines deleted...]
-      <c r="B1120" s="1"/>
+        <v>2838</v>
+      </c>
+      <c r="B1120" s="1">
+        <v>6974242893369</v>
+      </c>
       <c r="C1120" t="s">
-        <v>2843</v>
+        <v>2839</v>
       </c>
       <c r="D1120" t="s">
-        <v>2844</v>
+        <v>2840</v>
       </c>
       <c r="E1120">
         <v>0</v>
       </c>
       <c r="F1120">
-        <v>0.0</v>
+        <v>24.99</v>
       </c>
     </row>
     <row r="1121" spans="1:7">
       <c r="A1121" t="s">
-        <v>2555</v>
+        <v>2841</v>
       </c>
       <c r="B1121" s="1">
-        <v>7350013891571</v>
+        <v>784300786368</v>
       </c>
       <c r="C1121" t="s">
-        <v>2556</v>
+        <v>2842</v>
       </c>
       <c r="D1121" t="s">
-        <v>2845</v>
+        <v>2843</v>
       </c>
       <c r="E1121">
         <v>0</v>
       </c>
       <c r="F1121">
-        <v>249.0</v>
+        <v>254.99</v>
       </c>
     </row>
     <row r="1122" spans="1:7">
       <c r="A1122" t="s">
-        <v>2662</v>
-[...1 lines deleted...]
-      <c r="B1122" s="1"/>
+        <v>2841</v>
+      </c>
+      <c r="B1122" s="1">
+        <v>784300786368</v>
+      </c>
       <c r="C1122" t="s">
-        <v>2663</v>
+        <v>2842</v>
       </c>
       <c r="D1122" t="s">
-        <v>2846</v>
+        <v>2844</v>
       </c>
       <c r="E1122">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1122">
-        <v>0.0</v>
+        <v>254.99</v>
       </c>
     </row>
     <row r="1123" spans="1:7">
       <c r="A1123" t="s">
+        <v>2845</v>
+      </c>
+      <c r="B1123" s="1">
+        <v>8718734620495</v>
+      </c>
+      <c r="C1123" t="s">
+        <v>2846</v>
+      </c>
+      <c r="D1123" t="s">
         <v>2847</v>
       </c>
-      <c r="B1123" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E1123">
         <v>0</v>
       </c>
       <c r="F1123">
-        <v>24.99</v>
+        <v>809.0</v>
       </c>
     </row>
     <row r="1124" spans="1:7">
       <c r="A1124" t="s">
+        <v>2848</v>
+      </c>
+      <c r="B1124" s="1"/>
+      <c r="C1124" t="s">
+        <v>2849</v>
+      </c>
+      <c r="D1124" t="s">
         <v>2850</v>
       </c>
-      <c r="B1124" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E1124">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1124">
-        <v>254.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1125" spans="1:7">
       <c r="A1125" t="s">
-        <v>2850</v>
+        <v>819</v>
       </c>
       <c r="B1125" s="1">
-        <v>784300786368</v>
+        <v>8436035343959</v>
       </c>
       <c r="C1125" t="s">
+        <v>820</v>
+      </c>
+      <c r="D1125" t="s">
         <v>2851</v>
       </c>
-      <c r="D1125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E1125">
         <v>0</v>
       </c>
       <c r="F1125">
-        <v>254.99</v>
+        <v>1107.52</v>
       </c>
     </row>
     <row r="1126" spans="1:7">
       <c r="A1126" t="s">
+        <v>2852</v>
+      </c>
+      <c r="B1126" s="1"/>
+      <c r="C1126" t="s">
+        <v>2853</v>
+      </c>
+      <c r="D1126" t="s">
         <v>2854</v>
       </c>
-      <c r="B1126" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E1126">
         <v>0</v>
       </c>
       <c r="F1126">
-        <v>809.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1127" spans="1:7">
       <c r="A1127" t="s">
-        <v>2857</v>
+        <v>2855</v>
       </c>
       <c r="B1127" s="1"/>
       <c r="C1127" t="s">
-        <v>2858</v>
+        <v>2856</v>
       </c>
       <c r="D1127" t="s">
-        <v>2859</v>
+        <v>2857</v>
       </c>
       <c r="E1127">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F1127">
         <v>0.0</v>
       </c>
     </row>
     <row r="1128" spans="1:7">
       <c r="A1128" t="s">
-        <v>822</v>
+        <v>2584</v>
       </c>
       <c r="B1128" s="1">
-        <v>8436035343959</v>
+        <v>810039492680</v>
       </c>
       <c r="C1128" t="s">
-        <v>823</v>
+        <v>2585</v>
       </c>
       <c r="D1128" t="s">
-        <v>2860</v>
+        <v>2858</v>
       </c>
       <c r="E1128">
         <v>0</v>
       </c>
       <c r="F1128">
-        <v>1107.52</v>
+        <v>400.0</v>
       </c>
     </row>
     <row r="1129" spans="1:7">
       <c r="A1129" t="s">
-        <v>2861</v>
-[...1 lines deleted...]
-      <c r="B1129" s="1"/>
+        <v>2595</v>
+      </c>
+      <c r="B1129" s="1">
+        <v>3770014125507</v>
+      </c>
       <c r="C1129" t="s">
-        <v>2862</v>
+        <v>2859</v>
       </c>
       <c r="D1129" t="s">
-        <v>2863</v>
+        <v>2860</v>
       </c>
       <c r="E1129">
         <v>0</v>
       </c>
       <c r="F1129">
         <v>0.0</v>
       </c>
     </row>
     <row r="1130" spans="1:7">
       <c r="A1130" t="s">
-        <v>2864</v>
-[...1 lines deleted...]
-      <c r="B1130" s="1"/>
+        <v>2861</v>
+      </c>
+      <c r="B1130" s="1">
+        <v>6438543011773</v>
+      </c>
       <c r="C1130" t="s">
-        <v>2865</v>
+        <v>2862</v>
       </c>
       <c r="D1130" t="s">
-        <v>2866</v>
+        <v>2863</v>
       </c>
       <c r="E1130">
         <v>0</v>
       </c>
       <c r="F1130">
         <v>0.0</v>
       </c>
     </row>
     <row r="1131" spans="1:7">
       <c r="A1131" t="s">
-        <v>2590</v>
+        <v>2864</v>
       </c>
       <c r="B1131" s="1">
-        <v>810039492680</v>
+        <v>6974232879670</v>
       </c>
       <c r="C1131" t="s">
-        <v>2591</v>
+        <v>2865</v>
       </c>
       <c r="D1131" t="s">
-        <v>2867</v>
+        <v>2866</v>
       </c>
       <c r="E1131">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F1131">
-        <v>400.0</v>
+        <v>494.57</v>
       </c>
     </row>
     <row r="1132" spans="1:7">
       <c r="A1132" t="s">
-        <v>2601</v>
+        <v>2867</v>
       </c>
       <c r="B1132" s="1">
-        <v>3770014125507</v>
+        <v>3770014125484</v>
       </c>
       <c r="C1132" t="s">
         <v>2868</v>
       </c>
       <c r="D1132" t="s">
         <v>2869</v>
       </c>
       <c r="E1132">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1132">
-        <v>0.0</v>
+        <v>26.99</v>
       </c>
     </row>
     <row r="1133" spans="1:7">
       <c r="A1133" t="s">
         <v>2870</v>
       </c>
       <c r="B1133" s="1">
-        <v>6438543011773</v>
+        <v>6420613980317</v>
       </c>
       <c r="C1133" t="s">
         <v>2871</v>
       </c>
       <c r="D1133" t="s">
         <v>2872</v>
       </c>
       <c r="E1133">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1133">
-        <v>0.0</v>
+        <v>549.0</v>
       </c>
     </row>
     <row r="1134" spans="1:7">
       <c r="A1134" t="s">
         <v>2873</v>
       </c>
       <c r="B1134" s="1">
-        <v>8720618197801</v>
+        <v>4251822561927</v>
       </c>
       <c r="C1134" t="s">
         <v>2874</v>
       </c>
       <c r="D1134" t="s">
         <v>2875</v>
       </c>
       <c r="E1134">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="F1134">
-        <v>212.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="1135" spans="1:7">
       <c r="A1135" t="s">
         <v>2876</v>
       </c>
-      <c r="B1135" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B1135" s="1"/>
       <c r="C1135" t="s">
         <v>2877</v>
       </c>
       <c r="D1135" t="s">
         <v>2878</v>
       </c>
       <c r="E1135">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F1135">
-        <v>494.57</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="1136" spans="1:7">
       <c r="A1136" t="s">
         <v>2879</v>
       </c>
       <c r="B1136" s="1">
-        <v>3770014125484</v>
+        <v>79750572761</v>
       </c>
       <c r="C1136" t="s">
         <v>2880</v>
       </c>
       <c r="D1136" t="s">
         <v>2881</v>
       </c>
       <c r="E1136">
         <v>1</v>
       </c>
       <c r="F1136">
-        <v>26.99</v>
-[...96 lines deleted...]
-      <c r="F1141">
         <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>