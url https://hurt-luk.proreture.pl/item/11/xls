--- v0 (2025-12-07)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Nazwa produktu</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ASIN</t>
   </si>
   <si>
     <t>LPN</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Cena rynkowa</t>
   </si>
   <si>
     <t>Paleta</t>
   </si>
   <si>
     <t>REVAMP Progloss Perfect Finish Lockenstab &amp; Wellenbürste - Haarstyling Gerät für große Locken, einzigartige Wellen und Volumen - Mit Progloss Ölen aus Keratin, Kokosnuss &amp; Argan angereichert - Schwarz</t>
   </si>
   <si>
@@ -404,62 +404,50 @@
   <si>
     <t>Rapoo X1800S bezprzewodowy zestaw myszy do klawiatury Wireless Deskset 1000 DPI czujnik 12 miesięcy pracy baterii ergonomiczna dla osób lewo- i praworęcznych układ DE QWERTZ PC &amp; Mac - czarny Bezprzewodowy Kompakt</t>
   </si>
   <si>
     <t>B07HY8DQRF</t>
   </si>
   <si>
     <t>LPNHL936633713</t>
   </si>
   <si>
     <t>LPNHL982194108</t>
   </si>
   <si>
     <t>0840006631798</t>
   </si>
   <si>
     <t>Corsair K55 RGB PRO przewodowa klawiatura membranowa do gier (dynamiczne podświetlenie RGB, 6 przycisków makro z oprogramowaniem Elgato, IP42, ochrona przed kurzem i wodą rozbryzgową), QWERTZ, czarna</t>
   </si>
   <si>
     <t>B08Y62LBR2</t>
   </si>
   <si>
     <t>LPNHK120247686</t>
   </si>
   <si>
-    <t>Remington prostownica do włosów z jonizacją (3x), powłoka ceramiczno-turmalinowa, zakres temp. 150-230°C, ruchome płytki, szybkie nagrzewanie, obrotow przewód, etui, fioletowa, Pro-Ion S7710</t>
-[...10 lines deleted...]
-  <si>
     <t>0840006608752</t>
   </si>
   <si>
     <t>Corsair K57 RGB Klawiatura USB + Bluetooth QWERTY Holenderski Czarny Bezprzewodowy</t>
   </si>
   <si>
     <t>B07TNRCM1Z</t>
   </si>
   <si>
     <t>LPNHK081435901</t>
   </si>
   <si>
     <t>BLACKWIDOW V3 Green Switch</t>
   </si>
   <si>
     <t>B08G56NC7D</t>
   </si>
   <si>
     <t>LPNHK162330625</t>
   </si>
   <si>
     <t>Trust Gaming GXT 853 Esca NL/US klawiatura z metalu z tęczowymi diodami LED - holenderski układ klawiatury QWERTY klawiatura US - USB Plug &amp; Play, PC/laptop</t>
   </si>
   <si>
     <t>B08R42BPK5</t>
@@ -507,50 +495,77 @@
     <t>Myjka ciśnieniowa bezprzewodowa, 48 V, maks. 90 barów, przenośna myjka ciśnieniowa z dyszą wielosprayową 6 w 1, wąż 5 m, lanca przedłużająca, zewnętrzne narzędzie do czyszczenia samochodu</t>
   </si>
   <si>
     <t>B0D65TJ78T</t>
   </si>
   <si>
     <t>LPNRP003103031</t>
   </si>
   <si>
     <t>DESVIEW Teleprompter (autokue) do smartfonów/tabletów (1019070641)</t>
   </si>
   <si>
     <t>B089G2MKJX</t>
   </si>
   <si>
     <t>LPNHK254835336</t>
   </si>
   <si>
     <t>MYOYAY Podnóżek regulowany pod biurkiem, 4 wysokości, podnóżek ze zdejmowanym, miękkim podnóżkiem, ergonomiczna konstrukcja na plecy, kolana, ból stóp, podnóżek w samolocie</t>
   </si>
   <si>
     <t>B0CTC56X63</t>
   </si>
   <si>
     <t>LPNHE872754070</t>
+  </si>
+  <si>
+    <t>MEEDEN 50 cm wysokości sztaluga stołowa – 12 szt. średni blat ekspozycja sztaluga z litego drewna bukowego, dla dzieci artysty dorośli klasa/imprezy obraz ekspozycja, sztaluga stojąca, trzyma płótno sztuka do 50 cm wysokości</t>
+  </si>
+  <si>
+    <t>B07QX5LGBD</t>
+  </si>
+  <si>
+    <t>SZTALUGI MEEDEN</t>
+  </si>
+  <si>
+    <t>Yorbay Studio fotograficzne Zestaw 60 x 60 x 60 cm LED Fotobox Profesjonalna fotografia namiot świetlny z 3 foliami na tło, PCW, (czarna, czysta biel, ciepła biel) Wielokrotnego użytku</t>
+  </si>
+  <si>
+    <t>B07GNF8Y9N</t>
+  </si>
+  <si>
+    <t>LPNHK268615163</t>
+  </si>
+  <si>
+    <t>Suszarka do włosów dla psów, bardzo cicha, 5,2 KM / 3800 W, regulowana prędkość, dmuchawa do pielęgnacji psa, z 4 różnymi dyszami, elastyczny wąż (czarny)</t>
+  </si>
+  <si>
+    <t>B0DKJNGSVF</t>
+  </si>
+  <si>
+    <t>SUSZARKA DLA PSÓW Blanlody</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -857,62 +872,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G47"/>
+  <dimension ref="A1:G49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B47" sqref="B47"/>
+      <selection activeCell="B49" sqref="B49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
@@ -1672,261 +1687,298 @@
         <v>188.26</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>127</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>126</v>
       </c>
       <c r="C36" t="s">
         <v>128</v>
       </c>
       <c r="D36" t="s">
         <v>129</v>
       </c>
       <c r="E36">
         <v>0</v>
       </c>
       <c r="F36">
         <v>333.71</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
+        <v>131</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="B37" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="C37" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D37" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E37">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F37">
-        <v>45.8</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>1074.27</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
+        <v>134</v>
+      </c>
+      <c r="B38" s="1">
+        <v>8886419346388</v>
+      </c>
+      <c r="C38" t="s">
         <v>135</v>
       </c>
-      <c r="B38" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>136</v>
       </c>
-      <c r="D38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F38">
-        <v>1074.27</v>
+        <v>82.39</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
+        <v>137</v>
+      </c>
+      <c r="B39" s="1">
+        <v>8713439237962</v>
+      </c>
+      <c r="C39" t="s">
         <v>138</v>
       </c>
-      <c r="B39" s="1">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>139</v>
       </c>
-      <c r="D39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F39">
-        <v>82.39</v>
+        <v>130.82</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>140</v>
+      </c>
+      <c r="B40" s="1">
+        <v>8713439245325</v>
+      </c>
+      <c r="C40" t="s">
         <v>141</v>
       </c>
-      <c r="B40" s="1">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E40">
         <v>1</v>
       </c>
       <c r="F40">
-        <v>130.82</v>
+        <v>180.2</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
+        <v>143</v>
+      </c>
+      <c r="B41" s="1">
+        <v>8713439226324</v>
+      </c>
+      <c r="C41" t="s">
         <v>144</v>
       </c>
-      <c r="B41" s="1">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E41">
         <v>1</v>
       </c>
       <c r="F41">
-        <v>180.2</v>
+        <v>143.65</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>146</v>
+      </c>
+      <c r="B42" s="1"/>
+      <c r="C42" t="s">
         <v>147</v>
       </c>
-      <c r="B42" s="1">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
         <v>148</v>
       </c>
-      <c r="D42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E42">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F42">
-        <v>143.65</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B43" s="1"/>
       <c r="C43" t="s">
+        <v>150</v>
+      </c>
+      <c r="D43" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E43">
         <v>0</v>
       </c>
       <c r="F43">
         <v>0.0</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B44" s="1"/>
       <c r="C44" t="s">
+        <v>153</v>
+      </c>
+      <c r="D44" t="s">
         <v>154</v>
       </c>
-      <c r="D44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F44">
         <v>0.0</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
+        <v>155</v>
+      </c>
+      <c r="B45" s="1">
+        <v>6970602270641</v>
+      </c>
+      <c r="C45" t="s">
         <v>156</v>
       </c>
-      <c r="B45" s="1"/>
-      <c r="C45" t="s">
+      <c r="D45" t="s">
         <v>157</v>
       </c>
-      <c r="D45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F45">
-        <v>0.0</v>
+        <v>398.0</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
+        <v>158</v>
+      </c>
+      <c r="B46" s="1"/>
+      <c r="C46" t="s">
         <v>159</v>
       </c>
-      <c r="B46" s="1">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>160</v>
       </c>
-      <c r="D46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46">
         <v>0</v>
       </c>
       <c r="F46">
-        <v>398.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>161</v>
+      </c>
+      <c r="B47" s="1">
+        <v>6975441360263</v>
+      </c>
+      <c r="C47" t="s">
         <v>162</v>
       </c>
-      <c r="B47" s="1"/>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>163</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47">
+        <v>1</v>
+      </c>
+      <c r="F47">
+        <v>584.33</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" t="s">
         <v>164</v>
       </c>
-      <c r="E47">
-[...2 lines deleted...]
-      <c r="F47">
+      <c r="B48" s="1">
+        <v>4250873713484</v>
+      </c>
+      <c r="C48" t="s">
+        <v>165</v>
+      </c>
+      <c r="D48" t="s">
+        <v>166</v>
+      </c>
+      <c r="E48">
+        <v>2</v>
+      </c>
+      <c r="F48">
         <v>0.0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" t="s">
+        <v>167</v>
+      </c>
+      <c r="B49" s="1">
+        <v>822565222082</v>
+      </c>
+      <c r="C49" t="s">
+        <v>168</v>
+      </c>
+      <c r="D49" t="s">
+        <v>169</v>
+      </c>
+      <c r="E49">
+        <v>1</v>
+      </c>
+      <c r="F49">
+        <v>379.99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>