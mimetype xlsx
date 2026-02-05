--- v0 (2025-12-07)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Nazwa produktu</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ASIN</t>
   </si>
   <si>
     <t>LPN</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Cena rynkowa</t>
   </si>
   <si>
     <t>Paleta</t>
   </si>
   <si>
     <t>Beurer HK 125 Heizkissen (XXL-Format, mit 6 Temperaturstufen, Abschaltautomatik und LED-Schalter, maschinenwaschbar), grau, 1 Stück (1er Pack), 60 x 40 cm</t>
   </si>
   <si>
@@ -303,50 +303,68 @@
     <t>LPNIC079345768</t>
   </si>
   <si>
     <t>sp515735435</t>
   </si>
   <si>
     <t>Braun Healthcare Pulsoksymetr 1 (nasycenie tlenu, zawartość tlenu we krwi, dokładny, klinicznie certyfikowany produkt medyczny) YK-81CEU</t>
   </si>
   <si>
     <t>B08WPRCV9Z</t>
   </si>
   <si>
     <t>LPNIC103575510</t>
   </si>
   <si>
     <t>sp515737406</t>
   </si>
   <si>
     <t>Logitech G G640 Duża Materiałowa Podkładka pod Mysz dla Graczy, Stworzona pod Czujniki, Umiarkowane Tarcie, Antypoślizgowa, akcesoria do PC i do Mac, 460 x 600 x 3 mm</t>
   </si>
   <si>
     <t>B07W5JKR75</t>
   </si>
   <si>
     <t>LPNIC023824375</t>
+  </si>
+  <si>
+    <t>TELEPROMPTER PAD iLight PRO 12</t>
+  </si>
+  <si>
+    <t>B01BMIM9PM</t>
+  </si>
+  <si>
+    <t>LPNHE831296396</t>
+  </si>
+  <si>
+    <t>Nelko Termiczna drukarka etykiet Bluetooth, bezprzewodowa drukarka etykiet wysyłkowych 4 x 6 dla małych firm, obsługuje system Android, iPhone i Windows, szeroko stosowana w Amazon, Ebay, Shopify, Czarny</t>
+  </si>
+  <si>
+    <t>B0BRBY6888</t>
+  </si>
+  <si>
+    <t>LPNHE856004224</t>
   </si>
   <si>
     <t>GFTIME 7638 ruszt do grillowania i płyta grillowa 44,5 cm do grilla gazowego Weber Spirit I II E310 E320 E330 S310 S320 S330 żeliwne części zamienne do grilla gazowego Weber Spirit 300, 2 sztuki</t>
   </si>
   <si>
     <t>B0CNW7K1R3</t>
   </si>
   <si>
     <t>LPNHK256086885</t>
   </si>
   <si>
     <t>Namalu Niski stół piknikowy, przenośny aluminiowy stół składany, 96 cm x 41 cm, lekki, potrójnie składany stół zewnętrzny z uchwytem, składany stół użytkowy na kemping, piknik, grilla, do gotowania w</t>
   </si>
   <si>
     <t>B0CNQNXQBR</t>
   </si>
   <si>
     <t>LPNHK295329925</t>
   </si>
   <si>
     <t>GVODE Młynek do mięsa i krajalnica ze stali nierdzewnej nasadka do miksera stojącego KitchenAid, nasadka do młynka do mięsa z zestawem farszu do kiełbasy i tarką do sera, do mocowania miksera</t>
   </si>
   <si>
     <t>B0CR6CCGFW</t>
   </si>
@@ -719,54 +737,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G34"/>
+  <dimension ref="A1:G36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B34" sqref="B34"/>
+      <selection activeCell="B36" sqref="B36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="253.51" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -1337,179 +1355,219 @@
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>94</v>
       </c>
       <c r="B27" s="1">
         <v>5099206104358</v>
       </c>
       <c r="C27" t="s">
         <v>95</v>
       </c>
       <c r="D27" t="s">
         <v>96</v>
       </c>
       <c r="E27">
         <v>0</v>
       </c>
       <c r="F27">
         <v>169.0</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>97</v>
       </c>
-      <c r="B28" s="1"/>
+      <c r="B28" s="1">
+        <v>8436572470019</v>
+      </c>
       <c r="C28" t="s">
         <v>98</v>
       </c>
       <c r="D28" t="s">
         <v>99</v>
       </c>
       <c r="E28">
         <v>1</v>
       </c>
       <c r="F28">
-        <v>0.0</v>
+        <v>778.06</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>100</v>
       </c>
-      <c r="B29" s="1"/>
+      <c r="B29" s="1">
+        <v>736816696464</v>
+      </c>
       <c r="C29" t="s">
         <v>101</v>
       </c>
       <c r="D29" t="s">
         <v>102</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
       <c r="F29">
-        <v>0.0</v>
+        <v>108.99</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>103</v>
       </c>
-      <c r="B30" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B30" s="1"/>
       <c r="C30" t="s">
         <v>104</v>
       </c>
       <c r="D30" t="s">
         <v>105</v>
       </c>
       <c r="E30">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F30">
         <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>106</v>
       </c>
-      <c r="B31" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B31" s="1"/>
       <c r="C31" t="s">
         <v>107</v>
       </c>
       <c r="D31" t="s">
         <v>108</v>
       </c>
       <c r="E31">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F31">
         <v>0.0</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>109</v>
       </c>
       <c r="B32" s="1">
-        <v>5060823620606</v>
+        <v>749079061634</v>
       </c>
       <c r="C32" t="s">
         <v>110</v>
       </c>
       <c r="D32" t="s">
         <v>111</v>
       </c>
       <c r="E32">
         <v>0</v>
       </c>
       <c r="F32">
         <v>0.0</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
+        <v>112</v>
+      </c>
+      <c r="B33" s="1">
+        <v>840143511885</v>
+      </c>
+      <c r="C33" t="s">
         <v>113</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>114</v>
       </c>
-      <c r="D33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F33">
-        <v>1281.56</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
+        <v>115</v>
+      </c>
+      <c r="B34" s="1">
+        <v>5060823620606</v>
+      </c>
+      <c r="C34" t="s">
         <v>116</v>
       </c>
-      <c r="B34" s="1">
+      <c r="D34" t="s">
+        <v>117</v>
+      </c>
+      <c r="E34">
+        <v>0</v>
+      </c>
+      <c r="F34">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7">
+      <c r="A35" t="s">
+        <v>119</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C35" t="s">
+        <v>120</v>
+      </c>
+      <c r="D35" t="s">
+        <v>121</v>
+      </c>
+      <c r="E35">
+        <v>2</v>
+      </c>
+      <c r="F35">
+        <v>1281.56</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>122</v>
+      </c>
+      <c r="B36" s="1">
         <v>5906521432427</v>
       </c>
-      <c r="C34" t="s">
-[...8 lines deleted...]
-      <c r="F34">
+      <c r="C36" t="s">
+        <v>123</v>
+      </c>
+      <c r="D36" t="s">
+        <v>124</v>
+      </c>
+      <c r="E36">
+        <v>0</v>
+      </c>
+      <c r="F36">
         <v>109.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>