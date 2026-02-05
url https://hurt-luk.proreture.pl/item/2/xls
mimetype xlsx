--- v0 (2025-12-07)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Nazwa produktu</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ASIN</t>
   </si>
   <si>
     <t>LPN</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Cena rynkowa</t>
   </si>
   <si>
     <t>Paleta</t>
   </si>
   <si>
     <t>Philips Sonicare DiamondClean seria 9000 elektryczna szczoteczka do zębów, Sonic szczoteczka do zębów, Cleaner Teeth i Oral Care, niebieska niebieski</t>
   </si>
   <si>
@@ -299,75 +299,57 @@
   <si>
     <t>B0BXS95C9H</t>
   </si>
   <si>
     <t>LPNHE876237213</t>
   </si>
   <si>
     <t>Uchwyt na papier toaletowy FDS</t>
   </si>
   <si>
     <t>B0CKPH1ZNC</t>
   </si>
   <si>
     <t>LPNHE853792508</t>
   </si>
   <si>
     <t>JUSTDOLIFE Dzwonek do burgerów ze stali nierdzewnej o średnicy 22,5 cm (22,5 cm), z uchwytem chroniącym przed oparzeniem, 2 szt</t>
   </si>
   <si>
     <t>B0B8N1C55D</t>
   </si>
   <si>
     <t>LPNHE873057024</t>
   </si>
   <si>
-    <t>Multimetr cyfrowy z 10000 zliczeń, inteligentny miernik prądu KAIWEETS KM601, automatyczny zakres True RMS, mierzy napięcie, ciągłość, rezystancję dla elektryków. (czarny)</t>
-[...7 lines deleted...]
-  <si>
     <t>Lioncast Foam Windscreen Mikrofon | Ochraniacz mikrofonu | Wielokrotnego użytku i zmywalny | Mikrofon Pop Filtr na imprezę, karaoke, zajęcia na świeżym powietrzu | Zestaw 4, kolorowy Ochrona mikrofonu USB</t>
   </si>
   <si>
     <t>B09JZN3HM3</t>
   </si>
   <si>
     <t>LPNHK305361949</t>
-  </si>
-[...7 lines deleted...]
-    <t>LPNHK271147880</t>
   </si>
   <si>
     <t>EZVALO Oświetlenie szafki LED 23 cm z pilotem zdalnego sterowania i oświetleniem szafki dolnej, zdalne ściemnianie 5700 K i 1100 mAh lampa podszafkowa, bezprzewodowa listwa świetlna, USB, do kuchni, Białe światło. 23cm*5 Stück</t>
   </si>
   <si>
     <t>B0C1GSDG8Z</t>
   </si>
   <si>
     <t>LPNHK277077325</t>
   </si>
   <si>
     <t>MGiessca 7635 Flavorizer Bars</t>
   </si>
   <si>
     <t>B0CW2KMKRW</t>
   </si>
   <si>
     <t>LPNHK265583937</t>
   </si>
   <si>
     <t>Onlyfire Flavorizer pręty ze stali nierdzewnej do serii Weber Spirit 300 Grill gazowy (zamontowany na przednim panelu sterowania) - 7636</t>
   </si>
   <si>
     <t>B07C6GXF8L</t>
   </si>
@@ -773,54 +755,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G43"/>
+  <dimension ref="A1:G41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B43" sqref="B43"/>
+      <selection activeCell="B41" sqref="B41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="294.785" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -1413,308 +1395,270 @@
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>92</v>
       </c>
       <c r="B29" s="1"/>
       <c r="C29" t="s">
         <v>93</v>
       </c>
       <c r="D29" t="s">
         <v>94</v>
       </c>
       <c r="E29">
         <v>0</v>
       </c>
       <c r="F29">
         <v>0.0</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>95</v>
       </c>
       <c r="B30" s="1">
-        <v>6921257172200</v>
+        <v>4250541925157</v>
       </c>
       <c r="C30" t="s">
         <v>96</v>
       </c>
       <c r="D30" t="s">
         <v>97</v>
       </c>
       <c r="E30">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F30">
-        <v>179.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>98</v>
       </c>
-      <c r="B31" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B31" s="1"/>
       <c r="C31" t="s">
         <v>99</v>
       </c>
       <c r="D31" t="s">
         <v>100</v>
       </c>
       <c r="E31">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F31">
-        <v>0.0</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>101</v>
       </c>
       <c r="B32" s="1"/>
       <c r="C32" t="s">
         <v>102</v>
       </c>
       <c r="D32" t="s">
         <v>103</v>
       </c>
       <c r="E32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F32">
-        <v>399.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>104</v>
       </c>
       <c r="B33" s="1"/>
       <c r="C33" t="s">
         <v>105</v>
       </c>
       <c r="D33" t="s">
         <v>106</v>
       </c>
       <c r="E33">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F33">
-        <v>59.99</v>
+        <v>132.83</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>107</v>
       </c>
       <c r="B34" s="1"/>
       <c r="C34" t="s">
         <v>108</v>
       </c>
       <c r="D34" t="s">
         <v>109</v>
       </c>
       <c r="E34">
         <v>0</v>
       </c>
       <c r="F34">
         <v>0.0</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>110</v>
       </c>
       <c r="B35" s="1"/>
       <c r="C35" t="s">
         <v>111</v>
       </c>
       <c r="D35" t="s">
         <v>112</v>
       </c>
       <c r="E35">
         <v>0</v>
       </c>
       <c r="F35">
-        <v>132.83</v>
+        <v>226.0</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>113</v>
       </c>
-      <c r="B36" s="1"/>
+      <c r="B36" s="1">
+        <v>717664153620</v>
+      </c>
       <c r="C36" t="s">
         <v>114</v>
       </c>
       <c r="D36" t="s">
         <v>115</v>
       </c>
       <c r="E36">
         <v>0</v>
       </c>
       <c r="F36">
-        <v>0.0</v>
+        <v>241.65</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>116</v>
       </c>
-      <c r="B37" s="1"/>
+      <c r="B37" s="1">
+        <v>799953131946</v>
+      </c>
       <c r="C37" t="s">
         <v>117</v>
       </c>
       <c r="D37" t="s">
         <v>118</v>
       </c>
       <c r="E37">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F37">
-        <v>226.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>119</v>
       </c>
       <c r="B38" s="1">
-        <v>717664153620</v>
+        <v>5060665922081</v>
       </c>
       <c r="C38" t="s">
         <v>120</v>
       </c>
       <c r="D38" t="s">
         <v>121</v>
       </c>
       <c r="E38">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F38">
-        <v>241.65</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>122</v>
       </c>
-      <c r="B39" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B39" s="1"/>
       <c r="C39" t="s">
         <v>123</v>
       </c>
       <c r="D39" t="s">
         <v>124</v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="F39">
-        <v>0.0</v>
+        <v>409.02</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>125</v>
       </c>
       <c r="B40" s="1">
-        <v>5060665922081</v>
+        <v>754513181816</v>
       </c>
       <c r="C40" t="s">
         <v>126</v>
       </c>
       <c r="D40" t="s">
         <v>127</v>
       </c>
       <c r="E40">
         <v>1</v>
       </c>
       <c r="F40">
         <v>0.0</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>128</v>
       </c>
-      <c r="B41" s="1"/>
+      <c r="B41" s="1">
+        <v>762765422014</v>
+      </c>
       <c r="C41" t="s">
         <v>129</v>
       </c>
       <c r="D41" t="s">
         <v>130</v>
       </c>
       <c r="E41">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F41">
-        <v>409.02</v>
-[...38 lines deleted...]
-      <c r="F43">
         <v>199.51</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>