--- v0 (2025-12-07)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Nazwa produktu</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ASIN</t>
   </si>
   <si>
     <t>LPN</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Cena rynkowa</t>
   </si>
   <si>
     <t>Paleta</t>
   </si>
   <si>
     <t>medisana TM A79 termometro a infrarossi senza contatto, termometro clinico, termometro frontale senza contatto per adulti, bambini e neonati</t>
   </si>
   <si>
@@ -422,50 +422,59 @@
   <si>
     <t>B07FKLP5K1</t>
   </si>
   <si>
     <t>LPNHE811748409</t>
   </si>
   <si>
     <t>EOBROMD Diamentowe Malowanie Rysunek Ścieg, Malowanie Diamentowe z Kreskówek z Ramą, 5D Diamentowe Malowanie Obrazy Anime, Diamentowe Malowanie Obrazy Sztuka Rzemiosła dla Wystroju Domu Prezent 18x18cm</t>
   </si>
   <si>
     <t>B0CTK1QTRV</t>
   </si>
   <si>
     <t>paintingi</t>
   </si>
   <si>
     <t>AMZCHEF pojedyncza płyta kuchenna indukcyjna o ultracienkiej konstrukcji, 10 poziomów temperatury i 10 ustawień mocy, płyta indukcyjna 2000 W, 1 płyta, 3-godzinny timer, zamek bezpieczeństwa Srebro i czer?</t>
   </si>
   <si>
     <t>B09MYK6B2N</t>
   </si>
   <si>
     <t>LPNHK318708542</t>
   </si>
   <si>
+    <t>KPCB Mini maszyna do szycia (żółta)</t>
+  </si>
+  <si>
+    <t>B07XL1Q14H</t>
+  </si>
+  <si>
+    <t>LPNHK318449770</t>
+  </si>
+  <si>
     <t>NEWZEROL Opaska na Głowę z Akumulatorem Kompatybilna z Quest 3 [Ulepszona podpórka] [Światła RGB] 8000 mAh Wydłuża Czas Gry, Zmniejsza Nacisk Głowy, Regulowane Akcesoria VR – Biała</t>
   </si>
   <si>
     <t>B0CJM372QB</t>
   </si>
   <si>
     <t>newzerol</t>
   </si>
   <si>
     <t>B086P7VX28</t>
   </si>
   <si>
     <t>LPNHE870300590</t>
   </si>
   <si>
     <t>NT-1228BC ręczny skaner kodów kreskowych CCD oraz 1D, bezprzewodowy, z Bluetooth i USB, do mobilnej płatności, skanowanie ekranu, obsługa iOS i Android NT-1228BC skaner Bluetooth CCD</t>
   </si>
   <si>
     <t>B07CBRTWS5</t>
   </si>
   <si>
     <t>LPNRP033639827</t>
   </si>
   <si>
     <t>MaxxMMA Prime Rękawice bokserskie dla mężczyzn i kobiet, skuteczne pochłanianie wstrząsów, ochrona nadgarstka, torba bokserska, ciężka torba, rękawice robocze (złote, 12 0Z)</t>
@@ -483,50 +492,68 @@
     <t>B09TQWCTCV</t>
   </si>
   <si>
     <t>LPNHK334475191</t>
   </si>
   <si>
     <t>0737041825643</t>
   </si>
   <si>
     <t>B0D6XVPNVZ</t>
   </si>
   <si>
     <t>LPNHE904424410</t>
   </si>
   <si>
     <t>0741311086566</t>
   </si>
   <si>
     <t>KUBEI USB Akumulator 1000g/0.01g dokładna waga kuchenna cyfrowa, precyzyjna kieszeń cyfrowa funkcja Tara do gotowania biżuterii, narkotyków, herbaty, drożdży, kawy,Wagi żywności</t>
   </si>
   <si>
     <t>B0CJV2BFSK</t>
   </si>
   <si>
     <t>LPNHE879232392</t>
+  </si>
+  <si>
+    <t>ThermoPro TempSpike 150M bezprzewodowy inteligentny termometr do mięsa, termometr kuchenny Bluetooth do grillowania i frytkownicy powietrznej, bezprzewodowy termometr do grillowania, piekarnika</t>
+  </si>
+  <si>
+    <t>B0BW8LJZC2</t>
+  </si>
+  <si>
+    <t>LPNHE923781743</t>
+  </si>
+  <si>
+    <t>ThermoPro TP16 cyfrowy termometr do gotowania mięsa z sondą temperatury żywności ze stali nierdzewnej do płynów, piekarnika, wędzarnika, grilla, cukierków, oleju, termometru do głębokiego smażenia z stal nierdzewna</t>
+  </si>
+  <si>
+    <t>B018Q77AR4</t>
+  </si>
+  <si>
+    <t>LPNWE233311405</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -833,54 +860,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G46"/>
+  <dimension ref="A1:G49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B46" sqref="B46"/>
+      <selection activeCell="B49" sqref="B49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="301.926" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -1639,266 +1666,326 @@
       </c>
       <c r="E34">
         <v>1</v>
       </c>
       <c r="F34">
         <v>33.15</v>
       </c>
       <c r="G34" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>121</v>
       </c>
       <c r="B35" s="1">
         <v>5906349206118</v>
       </c>
       <c r="C35" t="s">
         <v>122</v>
       </c>
       <c r="D35" t="s">
         <v>123</v>
       </c>
       <c r="E35">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F35">
         <v>0.0</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>124</v>
       </c>
       <c r="B36" s="1">
         <v>6915648691128</v>
       </c>
       <c r="C36" t="s">
         <v>125</v>
       </c>
       <c r="D36" t="s">
         <v>126</v>
       </c>
       <c r="E36">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F36">
         <v>0.0</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>127</v>
       </c>
       <c r="B37" s="1">
         <v>4250616203791</v>
       </c>
       <c r="C37" t="s">
         <v>128</v>
       </c>
       <c r="D37" t="s">
         <v>129</v>
       </c>
       <c r="E37">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F37">
         <v>18.99</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>130</v>
       </c>
       <c r="B38" s="1"/>
       <c r="C38" t="s">
         <v>131</v>
       </c>
       <c r="D38" t="s">
         <v>132</v>
       </c>
       <c r="E38">
         <v>2</v>
       </c>
       <c r="F38">
         <v>0.0</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>133</v>
       </c>
       <c r="B39" s="1">
         <v>746566914299</v>
       </c>
       <c r="C39" t="s">
         <v>134</v>
       </c>
       <c r="D39" t="s">
         <v>135</v>
       </c>
       <c r="E39">
         <v>2</v>
       </c>
       <c r="F39">
         <v>359.99</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>136</v>
       </c>
       <c r="B40" s="1">
-        <v>7317528305023</v>
+        <v>6912005487554</v>
       </c>
       <c r="C40" t="s">
         <v>137</v>
       </c>
       <c r="D40" t="s">
         <v>138</v>
       </c>
       <c r="E40">
+        <v>1</v>
+      </c>
+      <c r="F40">
+        <v>53.49</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41" t="s">
+        <v>139</v>
+      </c>
+      <c r="B41" s="1">
+        <v>7317528305023</v>
+      </c>
+      <c r="C41" t="s">
+        <v>140</v>
+      </c>
+      <c r="D41" t="s">
+        <v>141</v>
+      </c>
+      <c r="E41">
         <v>7</v>
       </c>
-      <c r="F40">
+      <c r="F41">
         <v>328.37</v>
       </c>
     </row>
-    <row r="41" spans="1:7">
-      <c r="B41" s="1">
+    <row r="42" spans="1:7">
+      <c r="B42" s="1">
         <v>5905274405290</v>
-      </c>
-[...18 lines deleted...]
-        <v>5907057112562</v>
       </c>
       <c r="C42" t="s">
         <v>142</v>
       </c>
       <c r="D42" t="s">
         <v>143</v>
       </c>
       <c r="E42">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F42">
-        <v>179.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>144</v>
       </c>
       <c r="B43" s="1">
-        <v>5903068661914</v>
+        <v>5907057112562</v>
       </c>
       <c r="C43" t="s">
         <v>145</v>
       </c>
       <c r="D43" t="s">
         <v>146</v>
       </c>
       <c r="E43">
         <v>0</v>
       </c>
       <c r="F43">
-        <v>0.0</v>
+        <v>179.99</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>147</v>
       </c>
       <c r="B44" s="1">
-        <v>8718546657467</v>
+        <v>5903068661914</v>
       </c>
       <c r="C44" t="s">
         <v>148</v>
       </c>
       <c r="D44" t="s">
         <v>149</v>
       </c>
       <c r="E44">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F44">
         <v>0.0</v>
       </c>
     </row>
     <row r="45" spans="1:7">
-      <c r="B45" s="1" t="s">
+      <c r="A45" t="s">
         <v>150</v>
+      </c>
+      <c r="B45" s="1">
+        <v>8718546657467</v>
       </c>
       <c r="C45" t="s">
         <v>151</v>
       </c>
       <c r="D45" t="s">
         <v>152</v>
       </c>
       <c r="E45">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F45">
         <v>0.0</v>
       </c>
     </row>
     <row r="46" spans="1:7">
-      <c r="A46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B46" s="1" t="s">
         <v>153</v>
       </c>
       <c r="C46" t="s">
+        <v>154</v>
+      </c>
+      <c r="D46" t="s">
         <v>155</v>
       </c>
-      <c r="D46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F46">
         <v>0.0</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47" t="s">
+        <v>157</v>
+      </c>
+      <c r="B47" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="C47" t="s">
+        <v>158</v>
+      </c>
+      <c r="D47" t="s">
+        <v>159</v>
+      </c>
+      <c r="E47">
+        <v>0</v>
+      </c>
+      <c r="F47">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" t="s">
+        <v>160</v>
+      </c>
+      <c r="B48" s="1">
+        <v>5905476937605</v>
+      </c>
+      <c r="C48" t="s">
+        <v>161</v>
+      </c>
+      <c r="D48" t="s">
+        <v>162</v>
+      </c>
+      <c r="E48">
+        <v>0</v>
+      </c>
+      <c r="F48">
+        <v>532.9</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" t="s">
+        <v>163</v>
+      </c>
+      <c r="B49" s="1">
+        <v>5906521625034</v>
+      </c>
+      <c r="C49" t="s">
+        <v>164</v>
+      </c>
+      <c r="D49" t="s">
+        <v>165</v>
+      </c>
+      <c r="E49">
+        <v>0</v>
+      </c>
+      <c r="F49">
+        <v>88.99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>