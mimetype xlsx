--- v0 (2025-12-07)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>Nazwa produktu</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ASIN</t>
   </si>
   <si>
     <t>LPN</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Cena rynkowa</t>
   </si>
   <si>
     <t>Paleta</t>
   </si>
   <si>
     <t>Beurer BC 87 Nadgarstkowy ciśnieniomierz z możliwością podłączenia do aplikacji, wyświetlaczem XL, wskaźnikiem spoczynku, technologią inflacji, kolorowym wskaźnikiem ryzyka i wykrywaniem arytmii</t>
   </si>
   <si>
@@ -506,59 +506,50 @@
   <si>
     <t>B07Z8QDKRW</t>
   </si>
   <si>
     <t>LPNHK196999663</t>
   </si>
   <si>
     <t>medisana BW 315 ciśnieniomierz nadgarstkowy , precyzyjny pomiar ciśnienia krwi i pulsu z funkcją pamięci, skala świetlna, funkcja sygnalizująca nieregularne bicie serca</t>
   </si>
   <si>
     <t>B01M5814BK</t>
   </si>
   <si>
     <t>LPNHK182622834</t>
   </si>
   <si>
     <t>Han Croco Lernkartei Pudełko na Fiszki, Półprzezroczysty/Zielony, Do 900 Kartek</t>
   </si>
   <si>
     <t>B0009OU28M</t>
   </si>
   <si>
     <t>LPNHK196244343</t>
   </si>
   <si>
-    <t>Drive Medical 13063M uchwyt z przyssawkami, średni</t>
-[...7 lines deleted...]
-  <si>
     <t>Bellissima My Pro Magic Style Brush P2 30 Szczotka grzewcza, gładkie włosy naturalny lub falowany efekt, średnica 30 mm, technologia jonowa, powłoka ceramiczna, wielonapięciowa</t>
   </si>
   <si>
     <t>B07S5L8VYG</t>
   </si>
   <si>
     <t>LPNHK112880337</t>
   </si>
   <si>
     <t>Logitech G512 Carbon Lightsync Rgb Mechanical Gaming Keyboard With Gx Brown Switches, Mechaniczna Klawiatura Do Gier Rgb, Tactile Przełączniki,Pc/Mac - Czarny,920-009352</t>
   </si>
   <si>
     <t>B07W7KMLQ9</t>
   </si>
   <si>
     <t>LPNHK067545200</t>
   </si>
   <si>
     <t>Remington trymer do nosa i uszu, powłoka antybakteryjna z nanosrebrem, dwustronny trymer, obrotowa głowica, zaokrąglone ostrza, nakładki grzebieniowe, szary, Hygiene Clipper NanoSeries NE3850</t>
   </si>
   <si>
     <t>B073ZG6YJ4</t>
   </si>
   <si>
     <t>LPNIC075635027</t>
@@ -687,59 +678,50 @@
     <t>Zewnętrzny napęd CD DVD, USB 3.0 typ C, przenośny napęd CD/DVD +/-RW, czytnik DVD/CD ROM, nagrywarka, odtwarzacz zewnętrzny napęd optyczny do laptopa komputera stacjonarnego Windows 11/10/8.1/7/XP 8X Zewnętrzny napęd CD DVD Czarny</t>
   </si>
   <si>
     <t>B0BF5RRYPS</t>
   </si>
   <si>
     <t>LPNHE686189845</t>
   </si>
   <si>
     <t>vretti termiczna drukarka etykiet 4x6, termiczna drukarka kodów kreskowych USB o wysokiej prędkości 152 mm/s, maszyna do pisania etykiet wysyłkowych (Połączenie USB, szary) szary Połączenie USB</t>
   </si>
   <si>
     <t>B099PPP5FW</t>
   </si>
   <si>
     <t>LPNHE828359948</t>
   </si>
   <si>
     <t>Mata uziemiająca łączy Cię z ziemią – idealna jako mata uziemiająca do łóżka lub jako mata uziemiająca na biurko dla poczucia uziemienia, wraz z adapterem UE</t>
   </si>
   <si>
     <t>B0CJ3Z52JM</t>
   </si>
   <si>
     <t>LPNHK309156062</t>
-  </si>
-[...7 lines deleted...]
-    <t>LPNHK276289317</t>
   </si>
   <si>
     <t>AGAKY Deska sedesowa dla dzieci, reduktor toaletowy dla dzieci, z podłokietnikiem i oparciem, chłopcy dziewczęce reduktor toaletowy odpowiedni do okrągłej i owalnej toalety</t>
   </si>
   <si>
     <t>B07T58K29G</t>
   </si>
   <si>
     <t>LPNA036561599</t>
   </si>
   <si>
     <t>Shinmax Kask rowerowy, damski, certyfikat CE, kask rowerowy dla mężczyzn, ze zdejmowaną osłoną przeciwsłoneczną, lekki kask rowerowy, bezpieczeństwo, ochrona, regulowany rozmiar, do jazdy na rowerze górskim, szosowym</t>
   </si>
   <si>
     <t>B08H4W6671</t>
   </si>
   <si>
     <t>LPNRP032818603</t>
   </si>
   <si>
     <t>Utopia Home Pack 50 białych plastikowych wieszaków na ubrania - oszczędzający miejsce wieszak na ubrania - trwałe i smukłe wieszaki z rowkami na ramiona</t>
   </si>
   <si>
     <t>B06X421WJ6</t>
   </si>
@@ -1151,54 +1133,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G79"/>
+  <dimension ref="A1:G77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B79" sqref="B79"/>
+      <selection activeCell="B77" sqref="B77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="292.5" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -2240,300 +2222,298 @@
       </c>
       <c r="B47" s="1">
         <v>4012473997004</v>
       </c>
       <c r="C47" t="s">
         <v>162</v>
       </c>
       <c r="D47" t="s">
         <v>163</v>
       </c>
       <c r="E47">
         <v>2</v>
       </c>
       <c r="F47">
         <v>15.99</v>
       </c>
       <c r="G47" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>164</v>
       </c>
       <c r="B48" s="1">
-        <v>5060266849824</v>
+        <v>8007403117375</v>
       </c>
       <c r="C48" t="s">
         <v>165</v>
       </c>
       <c r="D48" t="s">
         <v>166</v>
       </c>
       <c r="E48">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F48">
-        <v>138.52</v>
+        <v>227.99</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>167</v>
       </c>
       <c r="B49" s="1">
-        <v>8007403117375</v>
+        <v>5099206086166</v>
       </c>
       <c r="C49" t="s">
         <v>168</v>
       </c>
       <c r="D49" t="s">
         <v>169</v>
       </c>
       <c r="E49">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F49">
-        <v>227.99</v>
+        <v>419.0</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>170</v>
       </c>
       <c r="B50" s="1">
-        <v>5099206086166</v>
+        <v>4008496881864</v>
       </c>
       <c r="C50" t="s">
         <v>171</v>
       </c>
       <c r="D50" t="s">
         <v>172</v>
       </c>
       <c r="E50">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F50">
-        <v>419.0</v>
+        <v>15.99</v>
+      </c>
+      <c r="G50" t="s">
+        <v>173</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>4008496881864</v>
+        <v>175</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>174</v>
       </c>
       <c r="C51" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D51" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E51">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F51">
-        <v>15.99</v>
+        <v>15.98</v>
       </c>
       <c r="G51" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>179</v>
+      </c>
+      <c r="B52" s="1">
+        <v>8713439243871</v>
       </c>
       <c r="C52" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D52" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E52">
         <v>1</v>
       </c>
       <c r="F52">
-        <v>15.98</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>136.05</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>182</v>
       </c>
       <c r="B53" s="1">
-        <v>8713439243871</v>
+        <v>4008153851070</v>
       </c>
       <c r="C53" t="s">
         <v>183</v>
       </c>
       <c r="D53" t="s">
         <v>184</v>
       </c>
       <c r="E53">
         <v>1</v>
       </c>
       <c r="F53">
-        <v>136.05</v>
+        <v>48.21</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>185</v>
       </c>
       <c r="B54" s="1">
-        <v>4008153851070</v>
+        <v>4001998060232</v>
       </c>
       <c r="C54" t="s">
         <v>186</v>
       </c>
       <c r="D54" t="s">
         <v>187</v>
       </c>
       <c r="E54">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F54">
-        <v>48.21</v>
+        <v>22.21</v>
+      </c>
+      <c r="G54" t="s">
+        <v>188</v>
       </c>
     </row>
     <row r="55" spans="1:7">
-      <c r="A55" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B55" s="1"/>
       <c r="C55" t="s">
         <v>189</v>
       </c>
       <c r="D55" t="s">
         <v>190</v>
       </c>
       <c r="E55">
         <v>0</v>
       </c>
       <c r="F55">
-        <v>22.21</v>
-[...1 lines deleted...]
-      <c r="G55" t="s">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56" t="s">
+        <v>192</v>
+      </c>
+      <c r="B56" s="1" t="s">
         <v>191</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B56" s="1"/>
       <c r="C56" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D56" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E56">
         <v>0</v>
       </c>
       <c r="F56">
-        <v>0.0</v>
+        <v>365.99</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>195</v>
       </c>
-      <c r="B57" s="1" t="s">
-        <v>194</v>
+      <c r="B57" s="1">
+        <v>768558625181</v>
       </c>
       <c r="C57" t="s">
         <v>196</v>
       </c>
       <c r="D57" t="s">
         <v>197</v>
       </c>
       <c r="E57">
         <v>0</v>
       </c>
       <c r="F57">
-        <v>365.99</v>
+        <v>98.35</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>198</v>
       </c>
-      <c r="B58" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B58" s="1"/>
       <c r="C58" t="s">
         <v>199</v>
       </c>
       <c r="D58" t="s">
         <v>200</v>
       </c>
       <c r="E58">
         <v>0</v>
       </c>
       <c r="F58">
-        <v>98.35</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>201</v>
       </c>
       <c r="B59" s="1"/>
       <c r="C59" t="s">
         <v>202</v>
       </c>
       <c r="D59" t="s">
         <v>203</v>
       </c>
       <c r="E59">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F59">
         <v>0.0</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>204</v>
       </c>
       <c r="B60" s="1"/>
       <c r="C60" t="s">
         <v>205</v>
       </c>
       <c r="D60" t="s">
         <v>206</v>
       </c>
       <c r="E60">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F60">
         <v>0.0</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>207</v>
       </c>
       <c r="B61" s="1"/>
       <c r="C61" t="s">
         <v>208</v>
       </c>
       <c r="D61" t="s">
         <v>209</v>
       </c>
       <c r="E61">
         <v>0</v>
       </c>
       <c r="F61">
         <v>0.0</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
@@ -2543,352 +2523,316 @@
       <c r="C62" t="s">
         <v>211</v>
       </c>
       <c r="D62" t="s">
         <v>212</v>
       </c>
       <c r="E62">
         <v>0</v>
       </c>
       <c r="F62">
         <v>0.0</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>213</v>
       </c>
       <c r="B63" s="1"/>
       <c r="C63" t="s">
         <v>214</v>
       </c>
       <c r="D63" t="s">
         <v>215</v>
       </c>
       <c r="E63">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="F63">
         <v>0.0</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>216</v>
       </c>
-      <c r="B64" s="1"/>
+      <c r="B64" s="1">
+        <v>602309953690</v>
+      </c>
       <c r="C64" t="s">
         <v>217</v>
       </c>
       <c r="D64" t="s">
         <v>218</v>
       </c>
       <c r="E64">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F64">
-        <v>0.0</v>
+        <v>623.7</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>219</v>
       </c>
       <c r="B65" s="1">
-        <v>602309953690</v>
+        <v>6090218999993</v>
       </c>
       <c r="C65" t="s">
         <v>220</v>
       </c>
       <c r="D65" t="s">
         <v>221</v>
       </c>
       <c r="E65">
         <v>0</v>
       </c>
       <c r="F65">
-        <v>623.7</v>
+        <v>199.95</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>222</v>
       </c>
-      <c r="B66" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B66" s="1"/>
       <c r="C66" t="s">
         <v>223</v>
       </c>
       <c r="D66" t="s">
         <v>224</v>
       </c>
       <c r="E66">
         <v>0</v>
       </c>
       <c r="F66">
-        <v>199.95</v>
+        <v>925.99</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>225</v>
       </c>
       <c r="B67" s="1"/>
       <c r="C67" t="s">
         <v>226</v>
       </c>
       <c r="D67" t="s">
         <v>227</v>
       </c>
       <c r="E67">
         <v>1</v>
       </c>
       <c r="F67">
-        <v>0.0</v>
+        <v>139.0</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>228</v>
       </c>
       <c r="B68" s="1"/>
       <c r="C68" t="s">
         <v>229</v>
       </c>
       <c r="D68" t="s">
         <v>230</v>
       </c>
       <c r="E68">
         <v>0</v>
       </c>
       <c r="F68">
-        <v>925.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>231</v>
       </c>
       <c r="B69" s="1"/>
       <c r="C69" t="s">
         <v>232</v>
       </c>
       <c r="D69" t="s">
         <v>233</v>
       </c>
       <c r="E69">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F69">
-        <v>139.0</v>
+        <v>84.87</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>234</v>
       </c>
       <c r="B70" s="1"/>
       <c r="C70" t="s">
         <v>235</v>
       </c>
       <c r="D70" t="s">
         <v>236</v>
       </c>
       <c r="E70">
         <v>0</v>
       </c>
       <c r="F70">
-        <v>0.0</v>
+        <v>286.42</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>237</v>
       </c>
-      <c r="B71" s="1"/>
+      <c r="B71" s="1">
+        <v>6975597771715</v>
+      </c>
       <c r="C71" t="s">
         <v>238</v>
       </c>
       <c r="D71" t="s">
         <v>239</v>
       </c>
       <c r="E71">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F71">
-        <v>84.87</v>
+        <v>287.27</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>240</v>
       </c>
-      <c r="B72" s="1"/>
+      <c r="B72" s="1">
+        <v>746566914299</v>
+      </c>
       <c r="C72" t="s">
         <v>241</v>
       </c>
       <c r="D72" t="s">
         <v>242</v>
       </c>
       <c r="E72">
         <v>0</v>
       </c>
       <c r="F72">
-        <v>286.42</v>
+        <v>359.99</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>243</v>
       </c>
       <c r="B73" s="1">
-        <v>6975597771715</v>
+        <v>751717204365</v>
       </c>
       <c r="C73" t="s">
         <v>244</v>
       </c>
       <c r="D73" t="s">
         <v>245</v>
       </c>
       <c r="E73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F73">
-        <v>287.27</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>246</v>
       </c>
-      <c r="B74" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B74" s="1"/>
       <c r="C74" t="s">
         <v>247</v>
       </c>
       <c r="D74" t="s">
         <v>248</v>
       </c>
       <c r="E74">
         <v>0</v>
       </c>
       <c r="F74">
-        <v>359.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>249</v>
       </c>
       <c r="B75" s="1">
-        <v>751717204365</v>
+        <v>630792448379</v>
       </c>
       <c r="C75" t="s">
         <v>250</v>
       </c>
       <c r="D75" t="s">
         <v>251</v>
       </c>
       <c r="E75">
         <v>0</v>
       </c>
       <c r="F75">
-        <v>0.0</v>
+        <v>204.89</v>
       </c>
     </row>
     <row r="76" spans="1:7">
-      <c r="A76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B76" s="1"/>
       <c r="C76" t="s">
+        <v>252</v>
+      </c>
+      <c r="D76" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="E76">
         <v>0</v>
       </c>
       <c r="F76">
         <v>0.0</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
+        <v>254</v>
+      </c>
+      <c r="B77" s="1">
+        <v>759068925670</v>
+      </c>
+      <c r="C77" t="s">
         <v>255</v>
       </c>
-      <c r="B77" s="1">
-[...2 lines deleted...]
-      <c r="C77" t="s">
+      <c r="D77" t="s">
         <v>256</v>
       </c>
-      <c r="D77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F77">
-        <v>204.89</v>
-[...33 lines deleted...]
-      <c r="F79">
         <v>148.59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>