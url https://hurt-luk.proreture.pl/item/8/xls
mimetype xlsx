--- v0 (2025-12-07)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="266">
   <si>
     <t>Nazwa produktu</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ASIN</t>
   </si>
   <si>
     <t>LPN</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Cena rynkowa</t>
   </si>
   <si>
     <t>Paleta</t>
   </si>
   <si>
     <t>Logitech G213 Prodigy Gaming-Tastatur, RGB-Beleuchtung, Programmierbare G-Tasten, Multi-Media Bedienelemente, Integrierte Handballenauflage, Spritzwassergeschützt, UK UK QWERTY-Layout - Schwarz</t>
   </si>
   <si>
@@ -641,59 +641,50 @@
   <si>
     <t>B0CSTB6DNL</t>
   </si>
   <si>
     <t>LPNRP009654295</t>
   </si>
   <si>
     <t>JOMIX Lekkie, wygodne, amortyzowane buty do gimnastyki do biegania</t>
   </si>
   <si>
     <t>B0BMGQZT2X</t>
   </si>
   <si>
     <t>LPNHE812593122</t>
   </si>
   <si>
     <t>Alfresco Szczypce do grilla, pęseta kuchenna ze stali nierdzewnej 30 cm, profesjonalne szczypce kuchenne, pęseta kuchenna, pęseta kuchenna, szczypce do spaghetti, odpowiednie do kuchni, grilla</t>
   </si>
   <si>
     <t>B0BKGKQR12</t>
   </si>
   <si>
     <t>LPNA054217052</t>
   </si>
   <si>
-    <t>Słuchawki z przewodnictwem kostnym Guudsoud Bluetooth 5.3, słuchawki douszne bezprzewodowe, słuchawki z przewodnictwem kostnym z mikrofonem, wodoodporne, pyłoszczelne słuchawki sportowe do biegania, jazdy na rowerze</t>
-[...7 lines deleted...]
-  <si>
     <t>Marchpower koc chłodzący 150 x 200 cm, lekka kołdra letnia z japońskim Arc-Chill Q-Max&gt; 0,43 włókna chłodzące, pochłania ciepło ciała, 2 w 1, dwustronna kołdra dziecięca, koc na sofę, koc podróżny, szary Szary 150x200cm</t>
   </si>
   <si>
     <t>B083TQ2D2V</t>
   </si>
   <si>
     <t>LPNHE853962961</t>
   </si>
   <si>
     <t>Bramble Chłodna, szczelna żelowa poduszka do chłodzenia i łagodzenia bólu - 55 x 30 cm, duża</t>
   </si>
   <si>
     <t>B07C72FPTG</t>
   </si>
   <si>
     <t>LPNRP015853735</t>
   </si>
   <si>
     <t>Napęd dyskietek USB przenośny dyskietek dyskietek 3,5 cala, napęd dyskietek 1,44 MB, obsługa komputerów z systemem Windows, 7/8/2000, Plug and Play</t>
   </si>
   <si>
     <t>B08NK4YVLM</t>
   </si>
   <si>
     <t>LPNHK226438568</t>
@@ -731,50 +722,59 @@
   <si>
     <t>B08S7FFQ4H</t>
   </si>
   <si>
     <t>LPNHK307106448</t>
   </si>
   <si>
     <t xml:space="preserve">Gogokids Dziecięca Kamizelka Ratunkowa Kamizelka Pływacka Strój Kąpielowy Dla Maluchów Pomocniczy Strój Kąpielowy Trening Pływacki Kamizelka Wypornościowa Neoprenowa Kamizelka Ratunkowa dla Dzieci w Wieku 4-6 Lat 11-35 kg	</t>
   </si>
   <si>
     <t>B0C2T1HPW9</t>
   </si>
   <si>
     <t>LPNHK306335936</t>
   </si>
   <si>
     <t>FOGARI Toaleta kempingowa do samochodu, przenośna, toaleta kempingowa, chemia, zakres dostawy obejmuje 20 worków do czyszczenia, toaleta chemiczna, miętowa zieleń</t>
   </si>
   <si>
     <t>B0CYWNKLR9</t>
   </si>
   <si>
     <t>LPNHE860587550</t>
   </si>
   <si>
+    <t>Neodrain Półka prysznicowa ścienna ze stali nierdzewnej bez krawędzi do łazienki 30 x 30 x 10 cm, stal nierdzewna szczotkowana</t>
+  </si>
+  <si>
+    <t>B08L6CN6FC</t>
+  </si>
+  <si>
+    <t>LPNHK211061318</t>
+  </si>
+  <si>
     <t>B07RHR4LRN</t>
   </si>
   <si>
     <t>LPNHE811633842</t>
   </si>
   <si>
     <t>B097N91JZT</t>
   </si>
   <si>
     <t>LPNHE869391450</t>
   </si>
   <si>
     <t>Orzly Geek Pack pakiet akcesoriów kompatybilny z Nintendo Switch: Etui i osłona ekranu, uchwyty Joycon i kierownice wyścigowe, stacja ładująca kontroler, pokrowiec i więcej, kolor: czarny, JetBlack</t>
   </si>
   <si>
     <t>B07XBV69PY</t>
   </si>
   <si>
     <t>LPNIC106086748</t>
   </si>
   <si>
     <t>6xigouma Pas kompresyjny na plecy – pas podpierający okolice lędźwiowej dla mężczyzn i kobiet, łagodzi ból w dolnej części pleców, urządzenie do ćwiczeń pleców, pasuje do talii 74-124 cm (niebieski)</t>
   </si>
   <si>
     <t>B0BFCW8KXK</t>
@@ -788,81 +788,72 @@
   <si>
     <t>B07SJS95RB</t>
   </si>
   <si>
     <t>LPNHK340390826</t>
   </si>
   <si>
     <t>6xigouma Pas kompresyjny na plecy – pas podpierający okolice lędźwiowej dla mężczyzn i kobiet, łagodzi ból w dolnej części pleców, urządzenie do ćwiczeń pleców, pasuje do talii 74-124 cm (beżowy)</t>
   </si>
   <si>
     <t>B0BFCTV9SF</t>
   </si>
   <si>
     <t>LPNHK326886466</t>
   </si>
   <si>
     <t>KIWI design Pasek na Głowę z Baterią 6400 mAh Fit Quest 2 Akcesoria Q31-2.2</t>
   </si>
   <si>
     <t>B09XF69CR9</t>
   </si>
   <si>
     <t>LPNIC115194767</t>
   </si>
   <si>
-    <t>GINEKOO Podgrzewane Szelki Na Plecy, Oddychający Pas Podtrzymujący Plecy Z Ogrzewaniem Obsługiwanym Przez Akumulator Do łagodzenia Bólu Pleców, Wsparcie Lędźwiowe Dla Przepuklin Dysków,Rwa Kulszowa(L) Duży Czarny</t>
-[...16 lines deleted...]
-  <si>
     <t>KOALA Dwustronny błyszczący papier fotograficzny do drukarek atramentowych A4, 240 g/m², 100 arkuszy do drukarek atramentowych. Nadaje się do drukowania zdjęć, broszur, okładek, certyfikatów, broszur,</t>
   </si>
   <si>
     <t>B07L5LDZD7</t>
   </si>
   <si>
     <t>LPNWE271171477</t>
   </si>
   <si>
     <t>B0D9RW5HF1</t>
   </si>
   <si>
     <t>LPNHK317893665</t>
+  </si>
+  <si>
+    <t>Lampa LED Bloom Plus BP1000, lampa do roślin, pełne spektrum światła, do użytku wewnątrz pomieszczeń, ogrodu, warzyw i kwiatów, lampa do uprawy roślin, z 336 diodami Samsung</t>
+  </si>
+  <si>
+    <t>B09WVGDKL5</t>
+  </si>
+  <si>
+    <t>LPNHK268257261</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1169,54 +1160,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G83"/>
+  <dimension ref="A1:G82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B83" sqref="B83"/>
+      <selection activeCell="B82" sqref="B82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -2540,196 +2531,194 @@
         <v>0.0</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>206</v>
       </c>
       <c r="B62" s="1"/>
       <c r="C62" t="s">
         <v>207</v>
       </c>
       <c r="D62" t="s">
         <v>208</v>
       </c>
       <c r="E62">
         <v>1</v>
       </c>
       <c r="F62">
         <v>0.0</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>209</v>
       </c>
-      <c r="B63" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B63" s="1"/>
       <c r="C63" t="s">
         <v>210</v>
       </c>
       <c r="D63" t="s">
         <v>211</v>
       </c>
       <c r="E63">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F63">
         <v>0.0</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>212</v>
       </c>
-      <c r="B64" s="1"/>
+      <c r="B64" s="1">
+        <v>713153939829</v>
+      </c>
       <c r="C64" t="s">
         <v>213</v>
       </c>
       <c r="D64" t="s">
         <v>214</v>
       </c>
       <c r="E64">
         <v>0</v>
       </c>
       <c r="F64">
-        <v>0.0</v>
+        <v>19.99</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>215</v>
       </c>
       <c r="B65" s="1">
-        <v>713153939829</v>
+        <v>791755408707</v>
       </c>
       <c r="C65" t="s">
         <v>216</v>
       </c>
       <c r="D65" t="s">
         <v>217</v>
       </c>
       <c r="E65">
         <v>0</v>
       </c>
       <c r="F65">
-        <v>19.99</v>
+        <v>134.99</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>218</v>
       </c>
       <c r="B66" s="1">
-        <v>791755408707</v>
+        <v>840401407417</v>
       </c>
       <c r="C66" t="s">
         <v>219</v>
       </c>
       <c r="D66" t="s">
         <v>220</v>
       </c>
       <c r="E66">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F66">
-        <v>134.99</v>
+        <v>85.99</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>221</v>
       </c>
-      <c r="B67" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="B67" s="1"/>
       <c r="C67" t="s">
         <v>222</v>
       </c>
       <c r="D67" t="s">
         <v>223</v>
       </c>
       <c r="E67">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F67">
-        <v>85.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>224</v>
       </c>
       <c r="B68" s="1"/>
       <c r="C68" t="s">
         <v>225</v>
       </c>
       <c r="D68" t="s">
         <v>226</v>
       </c>
       <c r="E68">
         <v>0</v>
       </c>
       <c r="F68">
-        <v>0.0</v>
+        <v>185.69</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>227</v>
       </c>
       <c r="B69" s="1"/>
       <c r="C69" t="s">
         <v>228</v>
       </c>
       <c r="D69" t="s">
         <v>229</v>
       </c>
       <c r="E69">
         <v>0</v>
       </c>
       <c r="F69">
-        <v>185.69</v>
+        <v>239.99</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>230</v>
       </c>
       <c r="B70" s="1"/>
       <c r="C70" t="s">
         <v>231</v>
       </c>
       <c r="D70" t="s">
         <v>232</v>
       </c>
       <c r="E70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F70">
-        <v>239.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>233</v>
       </c>
       <c r="B71" s="1"/>
       <c r="C71" t="s">
         <v>234</v>
       </c>
       <c r="D71" t="s">
         <v>235</v>
       </c>
       <c r="E71">
         <v>1</v>
       </c>
       <c r="F71">
         <v>0.0</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>236</v>
       </c>
       <c r="B72" s="1"/>
@@ -2861,117 +2850,97 @@
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>255</v>
       </c>
       <c r="B79" s="1">
         <v>3800501905081</v>
       </c>
       <c r="C79" t="s">
         <v>256</v>
       </c>
       <c r="D79" t="s">
         <v>257</v>
       </c>
       <c r="E79">
         <v>0</v>
       </c>
       <c r="F79">
         <v>259.99</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>258</v>
       </c>
       <c r="B80" s="1">
-        <v>761312336354</v>
+        <v>5060640920620</v>
       </c>
       <c r="C80" t="s">
         <v>259</v>
       </c>
       <c r="D80" t="s">
         <v>260</v>
       </c>
       <c r="E80">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F80">
-        <v>186.89</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="81" spans="1:7">
-      <c r="A81" t="s">
+      <c r="B81" s="1">
+        <v>768795336918</v>
+      </c>
+      <c r="C81" t="s">
         <v>261</v>
       </c>
-      <c r="B81" s="1"/>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
         <v>262</v>
       </c>
-      <c r="D81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F81">
-        <v>199.99</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
+        <v>263</v>
+      </c>
+      <c r="B82" s="1"/>
+      <c r="C82" t="s">
         <v>264</v>
       </c>
-      <c r="B82" s="1">
-[...2 lines deleted...]
-      <c r="C82" t="s">
+      <c r="D82" t="s">
         <v>265</v>
       </c>
-      <c r="D82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F82">
-        <v>0.0</v>
-[...15 lines deleted...]
-      <c r="F83">
         <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>